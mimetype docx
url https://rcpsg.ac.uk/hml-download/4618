--- v0 (2025-10-03)
+++ v1 (2026-01-08)
@@ -1,45 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="158A1A8E" w14:textId="77777777" w:rsidR="00A01733" w:rsidRDefault="00CE4CC5">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D42A5F0" wp14:editId="5BC9C6A8">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-563097</wp:posOffset>
             </wp:positionV>
@@ -101,62 +100,68 @@
     </w:p>
     <w:p w14:paraId="4646F09D" w14:textId="77777777" w:rsidR="00CE4CC5" w:rsidRPr="003C03D3" w:rsidRDefault="00CE4CC5" w:rsidP="000F7BFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C03D3">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Royal College of Physicians and Surgeons of Glasgow</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A89949F" w14:textId="77777777" w:rsidR="003C03D3" w:rsidRDefault="003C03D3" w:rsidP="000F7BFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B176C94" w14:textId="77777777" w:rsidR="00C148E9" w:rsidRPr="003C03D3" w:rsidRDefault="003C03D3" w:rsidP="000F7BFE">
+    <w:p w14:paraId="7B176C94" w14:textId="5E8411CD" w:rsidR="00C148E9" w:rsidRPr="003C03D3" w:rsidRDefault="003C03D3" w:rsidP="000F7BFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003C03D3">
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
       <w:r w:rsidR="00CB756B">
         <w:t>provide</w:t>
       </w:r>
       <w:r w:rsidRPr="003C03D3">
-        <w:t xml:space="preserve"> the following information and return to</w:t>
+        <w:t xml:space="preserve"> the following information and return</w:t>
+      </w:r>
+      <w:r w:rsidR="00C34A49">
+        <w:t xml:space="preserve"> along with a photo of yourself</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C03D3">
+        <w:t xml:space="preserve"> to</w:t>
       </w:r>
       <w:r w:rsidR="00CB756B">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00804CAF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00CD6ED9" w:rsidRPr="006619D4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
             <w:highlight w:val="yellow"/>
           </w:rPr>
           <w:t>karen.ross@rcpsg.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B77262">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00804CAF" w:rsidRPr="00804CAF">
@@ -178,589 +183,582 @@
           <w:b/>
         </w:rPr>
         <w:t>Your place on the course is not confirmed until your application has been received and approved by the course director:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3193BA31" w14:textId="77777777" w:rsidR="000F7BFE" w:rsidRDefault="000F7BFE" w:rsidP="000F7BFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2518"/>
         <w:gridCol w:w="6724"/>
       </w:tblGrid>
       <w:tr w:rsidR="000F7BFE" w14:paraId="4A9ECD4E" w14:textId="77777777" w:rsidTr="000F7BFE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B5AA5E6" w14:textId="77777777" w:rsidR="000F7BFE" w:rsidRDefault="003C03D3" w:rsidP="000F7BFE">
+          <w:p w14:paraId="0B5AA5E6" w14:textId="77777777" w:rsidR="000F7BFE" w:rsidRDefault="003C03D3" w:rsidP="00C34A49">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
             <w:r>
               <w:t>Title:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6724" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F9B0F98" w14:textId="77777777" w:rsidR="00043DF4" w:rsidRDefault="00043DF4" w:rsidP="000F7BFE"/>
-          <w:p w14:paraId="6AB2060B" w14:textId="77777777" w:rsidR="00B7070B" w:rsidRDefault="00B7070B" w:rsidP="000F7BFE"/>
+          <w:p w14:paraId="6AB2060B" w14:textId="77777777" w:rsidR="00B7070B" w:rsidRDefault="00B7070B" w:rsidP="00C34A49">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C03D3" w14:paraId="7972AB62" w14:textId="77777777" w:rsidTr="000F7BFE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49370619" w14:textId="77777777" w:rsidR="003C03D3" w:rsidRDefault="003C03D3" w:rsidP="000F7BFE">
+          <w:p w14:paraId="49370619" w14:textId="77777777" w:rsidR="003C03D3" w:rsidRDefault="003C03D3" w:rsidP="00C34A49">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
             <w:r>
               <w:t>First Name(s):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6724" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EF1C1F9" w14:textId="77777777" w:rsidR="003C03D3" w:rsidRDefault="003C03D3" w:rsidP="000F7BFE"/>
-          <w:p w14:paraId="7BAB65F0" w14:textId="77777777" w:rsidR="00B7070B" w:rsidRDefault="00B7070B" w:rsidP="000F7BFE"/>
+          <w:p w14:paraId="7BAB65F0" w14:textId="77777777" w:rsidR="00B7070B" w:rsidRDefault="00B7070B" w:rsidP="00C34A49">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C03D3" w14:paraId="01E46532" w14:textId="77777777" w:rsidTr="000F7BFE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F25D0E7" w14:textId="77777777" w:rsidR="003C03D3" w:rsidRDefault="003C03D3" w:rsidP="000F7BFE">
+          <w:p w14:paraId="3F25D0E7" w14:textId="77777777" w:rsidR="003C03D3" w:rsidRDefault="003C03D3" w:rsidP="00C34A49">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
             <w:r>
               <w:t>Surname:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6724" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28CC02F7" w14:textId="77777777" w:rsidR="003C03D3" w:rsidRDefault="003C03D3" w:rsidP="000F7BFE"/>
-          <w:p w14:paraId="359A776D" w14:textId="77777777" w:rsidR="00B7070B" w:rsidRDefault="00B7070B" w:rsidP="000F7BFE"/>
+          <w:p w14:paraId="359A776D" w14:textId="77777777" w:rsidR="00B7070B" w:rsidRDefault="00B7070B" w:rsidP="00C34A49">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F7BFE" w14:paraId="4C19D89A" w14:textId="77777777" w:rsidTr="000F7BFE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="320AE56A" w14:textId="77777777" w:rsidR="000F7BFE" w:rsidRDefault="003C03D3" w:rsidP="000F7BFE">
+          <w:p w14:paraId="320AE56A" w14:textId="77777777" w:rsidR="000F7BFE" w:rsidRDefault="003C03D3" w:rsidP="00C34A49">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
             <w:r>
               <w:t>Email Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6724" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="670FDA77" w14:textId="77777777" w:rsidR="00043DF4" w:rsidRDefault="00043DF4" w:rsidP="000F7BFE"/>
-          <w:p w14:paraId="663CF898" w14:textId="77777777" w:rsidR="00B7070B" w:rsidRDefault="00B7070B" w:rsidP="000F7BFE"/>
+          <w:p w14:paraId="663CF898" w14:textId="77777777" w:rsidR="00B7070B" w:rsidRDefault="00B7070B" w:rsidP="00C34A49">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C03D3" w14:paraId="12AB9B4B" w14:textId="77777777" w:rsidTr="000F7BFE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16976FAD" w14:textId="77777777" w:rsidR="003C03D3" w:rsidRDefault="005D728F" w:rsidP="005D728F">
+          <w:p w14:paraId="16976FAD" w14:textId="77777777" w:rsidR="003C03D3" w:rsidRDefault="005D728F" w:rsidP="00C34A49">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Grade – </w:t>
             </w:r>
             <w:r w:rsidRPr="005D728F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>ust be CT1 or above</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6724" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AA4109F" w14:textId="77777777" w:rsidR="003C03D3" w:rsidRDefault="003C03D3" w:rsidP="000F7BFE"/>
-          <w:p w14:paraId="131E7643" w14:textId="77777777" w:rsidR="00B7070B" w:rsidRDefault="00B7070B" w:rsidP="000F7BFE"/>
+          <w:p w14:paraId="4AA4109F" w14:textId="77777777" w:rsidR="003C03D3" w:rsidRDefault="003C03D3" w:rsidP="00C34A49">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="131E7643" w14:textId="77777777" w:rsidR="00B7070B" w:rsidRDefault="00B7070B" w:rsidP="00C34A49">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F7BFE" w14:paraId="3659B7BF" w14:textId="77777777" w:rsidTr="000F7BFE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C715380" w14:textId="77777777" w:rsidR="000F7BFE" w:rsidRDefault="000F7BFE" w:rsidP="000F7BFE">
+          <w:p w14:paraId="5C715380" w14:textId="77777777" w:rsidR="000F7BFE" w:rsidRDefault="000F7BFE" w:rsidP="00C34A49">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
             <w:r>
               <w:t>Place of Work:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6724" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="029D4BBE" w14:textId="77777777" w:rsidR="00043DF4" w:rsidRDefault="00043DF4" w:rsidP="000F7BFE"/>
-          <w:p w14:paraId="676F5D43" w14:textId="77777777" w:rsidR="00B7070B" w:rsidRDefault="00B7070B" w:rsidP="000F7BFE"/>
+          <w:p w14:paraId="676F5D43" w14:textId="77777777" w:rsidR="00B7070B" w:rsidRDefault="00B7070B" w:rsidP="00C34A49">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F7BFE" w14:paraId="400830AE" w14:textId="77777777" w:rsidTr="000F7BFE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AEAF427" w14:textId="77777777" w:rsidR="000F7BFE" w:rsidRDefault="003C03D3" w:rsidP="000F7BFE">
+          <w:p w14:paraId="2AEAF427" w14:textId="77777777" w:rsidR="000F7BFE" w:rsidRDefault="003C03D3" w:rsidP="00C34A49">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Home </w:t>
             </w:r>
             <w:r w:rsidR="000F7BFE">
               <w:t>Address:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12A546E0" w14:textId="77777777" w:rsidR="000F7BFE" w:rsidRDefault="003C03D3" w:rsidP="000F7BFE">
+          <w:p w14:paraId="12A546E0" w14:textId="77777777" w:rsidR="000F7BFE" w:rsidRDefault="003C03D3" w:rsidP="00C34A49">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
             <w:r>
               <w:t>(required for handbook)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6724" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="699CB685" w14:textId="77777777" w:rsidR="000F7BFE" w:rsidRDefault="000F7BFE" w:rsidP="000F7BFE"/>
-          <w:p w14:paraId="3C130088" w14:textId="77777777" w:rsidR="00043DF4" w:rsidRDefault="00043DF4" w:rsidP="000F7BFE"/>
+          <w:p w14:paraId="699CB685" w14:textId="77777777" w:rsidR="000F7BFE" w:rsidRDefault="000F7BFE" w:rsidP="00C34A49">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C130088" w14:textId="77777777" w:rsidR="00043DF4" w:rsidRDefault="00043DF4" w:rsidP="00C34A49">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F7BFE" w14:paraId="7FAC6719" w14:textId="77777777" w:rsidTr="000F7BFE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="154063CC" w14:textId="77777777" w:rsidR="000F7BFE" w:rsidRDefault="003C03D3" w:rsidP="003C03D3">
+          <w:p w14:paraId="154063CC" w14:textId="77777777" w:rsidR="000F7BFE" w:rsidRDefault="003C03D3" w:rsidP="00C34A49">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
             <w:r>
               <w:t>RCPSG PID (if applicable):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6724" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="624141C1" w14:textId="77777777" w:rsidR="00043DF4" w:rsidRDefault="00043DF4" w:rsidP="000F7BFE"/>
-          <w:p w14:paraId="7C846F3D" w14:textId="77777777" w:rsidR="00B7070B" w:rsidRDefault="00B7070B" w:rsidP="000F7BFE"/>
+          <w:p w14:paraId="7C846F3D" w14:textId="77777777" w:rsidR="00B7070B" w:rsidRDefault="00B7070B" w:rsidP="00C34A49">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F7BFE" w14:paraId="27C40A59" w14:textId="77777777" w:rsidTr="001715D5">
         <w:trPr>
           <w:trHeight w:val="569"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13FC38AC" w14:textId="77777777" w:rsidR="000F7BFE" w:rsidRDefault="00BE33E1" w:rsidP="003C03D3">
+          <w:p w14:paraId="13FC38AC" w14:textId="77777777" w:rsidR="000F7BFE" w:rsidRDefault="00BE33E1" w:rsidP="00C34A49">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
             <w:r>
               <w:t>RCS England</w:t>
             </w:r>
             <w:r w:rsidR="00B7070B">
               <w:t xml:space="preserve"> Number:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E16EB6F" w14:textId="77777777" w:rsidR="001715D5" w:rsidRPr="001715D5" w:rsidRDefault="001715D5" w:rsidP="003C03D3">
-            <w:pPr>
+          <w:p w14:paraId="4E16EB6F" w14:textId="77777777" w:rsidR="001715D5" w:rsidRPr="001715D5" w:rsidRDefault="001715D5" w:rsidP="00C34A49">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001715D5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Must be supplied</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6724" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6052F011" w14:textId="77777777" w:rsidR="000F7BFE" w:rsidRDefault="000F7BFE" w:rsidP="000F7BFE"/>
-[...36 lines deleted...]
-          <w:p w14:paraId="6F739365" w14:textId="77777777" w:rsidR="007524F4" w:rsidRDefault="007524F4" w:rsidP="000F7BFE"/>
+          <w:p w14:paraId="68D0A7D8" w14:textId="77777777" w:rsidR="00043DF4" w:rsidRDefault="00043DF4" w:rsidP="00C34A49">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="218E20FA" w14:textId="77777777" w:rsidR="00B7070B" w:rsidRDefault="00B7070B" w:rsidP="002545E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6493CD84" w14:textId="77777777" w:rsidR="007524F4" w:rsidRDefault="00B7070B" w:rsidP="002545E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If you do not have an RCS England number, you must create one by registering on their website and this can be done here: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="007524F4" w:rsidRPr="006032E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.rcseng.ac.uk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="4573" w:tblpY="147"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3095"/>
+        <w:gridCol w:w="1866"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C34A49" w14:paraId="27024DDD" w14:textId="77777777" w:rsidTr="00C34A49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3095" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F73DD7B" w14:textId="77777777" w:rsidR="00C34A49" w:rsidRDefault="00C34A49" w:rsidP="00C34A49">
+            <w:r>
+              <w:t>16 &amp; 17 November 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1866" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B048229" w14:textId="77777777" w:rsidR="00C34A49" w:rsidRDefault="00C34A49" w:rsidP="00C34A49"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C34A49" w14:paraId="78D5FA57" w14:textId="77777777" w:rsidTr="00C34A49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3095" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E71F193" w14:textId="77777777" w:rsidR="00C34A49" w:rsidRDefault="00C34A49" w:rsidP="00C34A49">
+            <w:r>
+              <w:t>11 &amp;12 January 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1866" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="144D6986" w14:textId="77777777" w:rsidR="00C34A49" w:rsidRDefault="00C34A49" w:rsidP="00C34A49"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C34A49" w14:paraId="701700CF" w14:textId="77777777" w:rsidTr="00C34A49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3095" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43F1D271" w14:textId="77777777" w:rsidR="00C34A49" w:rsidRDefault="00C34A49" w:rsidP="00C34A49">
+            <w:r>
+              <w:t>22 &amp;23 March 2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1866" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F231630" w14:textId="77777777" w:rsidR="00C34A49" w:rsidRDefault="00C34A49" w:rsidP="00C34A49"/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p w14:paraId="154031B9" w14:textId="77777777" w:rsidR="00EC5D09" w:rsidRPr="00B7070B" w:rsidRDefault="00EC5D09" w:rsidP="002545E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC5D09">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2931F211" w14:textId="4030F0F8" w:rsidR="00CE2332" w:rsidRPr="00CE2332" w:rsidRDefault="001715D5" w:rsidP="00CE2332">
+    <w:p w14:paraId="05939B8E" w14:textId="1198376C" w:rsidR="00C34A49" w:rsidRDefault="001715D5" w:rsidP="002545E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Course date</w:t>
       </w:r>
       <w:r w:rsidR="007524F4">
         <w:t xml:space="preserve">: </w:t>
-      </w:r>
-[...67 lines deleted...]
-        <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D9107CE" w14:textId="77777777" w:rsidR="00CB756B" w:rsidRDefault="00CB756B" w:rsidP="002545E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FE5379C" w14:textId="57AF0243" w:rsidR="002545E3" w:rsidRDefault="00043DF4" w:rsidP="002545E3">
+    <w:p w14:paraId="31BBFA6D" w14:textId="77777777" w:rsidR="00C34A49" w:rsidRDefault="00C34A49" w:rsidP="002545E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="4579" w:tblpY="152"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="1843"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C34A49" w14:paraId="5E82A853" w14:textId="77777777" w:rsidTr="00C34A49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40545F10" w14:textId="77777777" w:rsidR="00C34A49" w:rsidRDefault="00C34A49" w:rsidP="00C34A49">
+            <w:r>
+              <w:t>RCPSG Member</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FCFB5E9" w14:textId="77777777" w:rsidR="00C34A49" w:rsidRDefault="00C34A49" w:rsidP="00C34A49"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C34A49" w14:paraId="79D4654E" w14:textId="77777777" w:rsidTr="00C34A49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55805B95" w14:textId="77777777" w:rsidR="00C34A49" w:rsidRDefault="00C34A49" w:rsidP="00C34A49">
+            <w:r>
+              <w:t>Non Member</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38463E64" w14:textId="77777777" w:rsidR="00C34A49" w:rsidRDefault="00C34A49" w:rsidP="00C34A49"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C34A49" w14:paraId="2D23D92E" w14:textId="77777777" w:rsidTr="00C34A49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="643F5F83" w14:textId="77777777" w:rsidR="00C34A49" w:rsidRDefault="00C34A49" w:rsidP="00C34A49">
+            <w:r>
+              <w:t>CST Trainee</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E40204B" w14:textId="77777777" w:rsidR="00C34A49" w:rsidRDefault="00C34A49" w:rsidP="00C34A49"/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="23178028" w14:textId="77777777" w:rsidR="00C34A49" w:rsidRDefault="00C34A49" w:rsidP="002545E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33C2E5A4" w14:textId="27DD411F" w:rsidR="00C34A49" w:rsidRDefault="00043DF4" w:rsidP="002545E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Registration type:</w:t>
       </w:r>
       <w:r w:rsidR="00CE4CC5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000F7BFE">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00CE4CC5">
-[...40 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="3CEC191F" w14:textId="0A8563E4" w:rsidR="00CE2332" w:rsidRDefault="00CE4CC5" w:rsidP="00CE2332">
+    <w:p w14:paraId="65D2595F" w14:textId="77777777" w:rsidR="00C34A49" w:rsidRDefault="00C34A49" w:rsidP="002545E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1440" w:firstLine="720"/>
       </w:pPr>
-      <w:r>
-[...70 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="6897D04F" w14:textId="77777777" w:rsidR="00043DF4" w:rsidRDefault="00043DF4" w:rsidP="002545E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="231F4556" w14:textId="77777777" w:rsidR="00B7070B" w:rsidRDefault="003C03D3" w:rsidP="00CE4CC5">
+    <w:p w14:paraId="231F4556" w14:textId="433668DF" w:rsidR="00B7070B" w:rsidRDefault="003C03D3" w:rsidP="00CE4CC5">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C03D3">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Please note that if your application is successful, you will be notified in due course and </w:t>
       </w:r>
       <w:r w:rsidR="00CB756B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>sent a link to</w:t>
       </w:r>
       <w:r w:rsidRPr="003C03D3">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> complete your registration </w:t>
       </w:r>
       <w:r w:rsidR="00CB756B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>and make payment</w:t>
       </w:r>
       <w:r w:rsidRPr="003C03D3">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C34A49">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9242"/>
       </w:tblGrid>
       <w:tr w:rsidR="003C03D3" w14:paraId="597F3F38" w14:textId="77777777" w:rsidTr="003C03D3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="01B3B788" w14:textId="77777777" w:rsidR="003C03D3" w:rsidRDefault="003C03D3" w:rsidP="003C03D3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="ArialMT"/>
                 <w:color w:val="323232"/>
@@ -887,94 +885,94 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialMT">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="70"/>
+  <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CE4CC5"/>
     <w:rsid w:val="00043DF4"/>
     <w:rsid w:val="000F7BFE"/>
     <w:rsid w:val="001715D5"/>
     <w:rsid w:val="001D0149"/>
     <w:rsid w:val="002545E3"/>
     <w:rsid w:val="002B3A74"/>
     <w:rsid w:val="003911F1"/>
     <w:rsid w:val="003C03D3"/>
     <w:rsid w:val="00412E0F"/>
+    <w:rsid w:val="00504430"/>
     <w:rsid w:val="005D728F"/>
     <w:rsid w:val="006619D4"/>
     <w:rsid w:val="006B470B"/>
     <w:rsid w:val="007524F4"/>
     <w:rsid w:val="007B174A"/>
     <w:rsid w:val="00804CAF"/>
     <w:rsid w:val="0091386E"/>
     <w:rsid w:val="00A01733"/>
     <w:rsid w:val="00B7070B"/>
     <w:rsid w:val="00B77262"/>
     <w:rsid w:val="00BC37D8"/>
     <w:rsid w:val="00BE33E1"/>
     <w:rsid w:val="00C148E9"/>
     <w:rsid w:val="00C251FA"/>
+    <w:rsid w:val="00C34A49"/>
     <w:rsid w:val="00C740CF"/>
     <w:rsid w:val="00CB756B"/>
     <w:rsid w:val="00CD6ED9"/>
-    <w:rsid w:val="00CE2332"/>
     <w:rsid w:val="00CE4CC5"/>
     <w:rsid w:val="00D53F96"/>
     <w:rsid w:val="00EC5D09"/>
-    <w:rsid w:val="00FE7F50"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3B8222C8"/>
@@ -1500,51 +1498,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="934825414">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcseng.ac.uk/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karen.ross@rcpsg.ac.uk" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcseng.ac.uk/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karen.ross@rcpsg.ac.uk" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1804,265 +1802,213 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="01924fbb-8c54-4cb2-bb1a-5dd340640d88" xsi:nil="true"/>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3bfba40-037d-475c-a97a-f58529d0c2b9">
+    <TaxCatchAll xmlns="59d4e68c-a2c4-4e5a-9b5d-4b6ab7ea85d1" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="08d9a78f-ffb1-4410-97cf-7b7248c23f9a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
-[...4 lines deleted...]
-    </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100542AFCA2D00F7E42BCDD4C68D05FD0A8" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="911f5d6951dee18ccf70741e375351fe">
-[...3 lines deleted...]
-    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010000EF8CC3DBA25449A2399EE8D40F062A" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4222bfa1a8d687e3782427f5e02456c3">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="08d9a78f-ffb1-4410-97cf-7b7248c23f9a" xmlns:ns3="59d4e68c-a2c4-4e5a-9b5d-4b6ab7ea85d1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="08cb07bb47794987f93ce6265b1383ad" ns2:_="" ns3:_="">
+    <xsd:import namespace="08d9a78f-ffb1-4410-97cf-7b7248c23f9a"/>
+    <xsd:import namespace="59d4e68c-a2c4-4e5a-9b5d-4b6ab7ea85d1"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
-[...18 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="01924fbb-8c54-4cb2-bb1a-5dd340640d88" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="08d9a78f-ffb1-4410-97cf-7b7248c23f9a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_DocId" ma:index="8" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:internalName="_dlc_DocId" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="_dlc_DocIdUrl" ma:index="9" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="11" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="12" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="15" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="0a19cc31-474a-44c6-a246-2e7f47993618" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="59d4e68c-a2c4-4e5a-9b5d-4b6ab7ea85d1" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{268c145b-2a49-43f4-8dac-ca119ef47fc0}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="59d4e68c-a2c4-4e5a-9b5d-4b6ab7ea85d1">
       <xsd:complexType>
         <xsd:complexContent>
-          <xsd:extension base="dms:URL">
+          <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
-              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
-              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="_dlc_DocIdPersistId" ma:index="10" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
-[...4 lines deleted...]
-    <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="20" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="18" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="21" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
-      </xsd:simpleType>
-[...91 lines deleted...]
-        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -2121,172 +2067,130 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...48 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA1916DD-B40C-4D9A-9B22-8043247A1A43}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B2AD05D5-0DEC-4FF4-9F1C-5501BFB1965E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A06BFBA3-7B98-4342-8383-BE529C73E2BB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="59d4e68c-a2c4-4e5a-9b5d-4b6ab7ea85d1"/>
     <ds:schemaRef ds:uri="08d9a78f-ffb1-4410-97cf-7b7248c23f9a"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D79A1214-5FA6-4975-9DB5-4A86585912D6}"/>
-[...3 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{30A4A6C3-E136-40A9-AD68-C0D34338915D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B20A2713-056E-4625-8D56-E36D236685F7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="08d9a78f-ffb1-4410-97cf-7b7248c23f9a"/>
+    <ds:schemaRef ds:uri="59d4e68c-a2c4-4e5a-9b5d-4b6ab7ea85d1"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>227</Words>
-  <Characters>1297</Characters>
+  <Words>215</Words>
+  <Characters>1229</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1521</CharactersWithSpaces>
+  <CharactersWithSpaces>1442</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Joanne Brodie</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100542AFCA2D00F7E42BCDD4C68D05FD0A8</vt:lpwstr>
+    <vt:lpwstr>0x01010000EF8CC3DBA25449A2399EE8D40F062A</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:r8>18777700</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_dlc_DocIdItemGuid">
-[...1 lines deleted...]
-  </property>
 </Properties>
 </file>