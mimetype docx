--- v0 (2025-11-03)
+++ v1 (2026-01-18)
@@ -1,43 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="66D295BA" w14:textId="77777777" w:rsidR="00E11C4E" w:rsidRDefault="00E11C4E" w:rsidP="0073085C">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
@@ -2000,51 +1999,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005A5CC4"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pdc@rcpsg.ac.uk" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pdc@rcpsg.ac.uk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pdc@rcpsg.ac.uk" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pdc@rcpsg.ac.uk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2276,235 +2275,189 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100542AFCA2D00F7E42BCDD4C68D05FD0A8" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="911f5d6951dee18ccf70741e375351fe">
-[...3 lines deleted...]
-    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010000EF8CC3DBA25449A2399EE8D40F062A" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0a80895bc50396d49a3115ca0b2ce694">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="08d9a78f-ffb1-4410-97cf-7b7248c23f9a" xmlns:ns3="59d4e68c-a2c4-4e5a-9b5d-4b6ab7ea85d1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="70cc52c68dc5cae337405d125a11cadf" ns2:_="" ns3:_="">
+    <xsd:import namespace="08d9a78f-ffb1-4410-97cf-7b7248c23f9a"/>
+    <xsd:import namespace="59d4e68c-a2c4-4e5a-9b5d-4b6ab7ea85d1"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
-[...18 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="01924fbb-8c54-4cb2-bb1a-5dd340640d88" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="08d9a78f-ffb1-4410-97cf-7b7248c23f9a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_DocId" ma:index="8" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:internalName="_dlc_DocId" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="_dlc_DocIdUrl" ma:index="9" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="11" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="12" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="15" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="0a19cc31-474a-44c6-a246-2e7f47993618" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="59d4e68c-a2c4-4e5a-9b5d-4b6ab7ea85d1" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{268c145b-2a49-43f4-8dac-ca119ef47fc0}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="59d4e68c-a2c4-4e5a-9b5d-4b6ab7ea85d1">
       <xsd:complexType>
         <xsd:complexContent>
-          <xsd:extension base="dms:URL">
+          <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
-              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
-              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="_dlc_DocIdPersistId" ma:index="10" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
-[...4 lines deleted...]
-    <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="20" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="18" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="21" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
-      </xsd:simpleType>
-[...91 lines deleted...]
-        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -2565,138 +2518,78 @@
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
-<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
-[...48 lines deleted...]
-<?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="01924fbb-8c54-4cb2-bb1a-5dd340640d88" xsi:nil="true"/>
-[...1 lines deleted...]
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3bfba40-037d-475c-a97a-f58529d0c2b9">
+    <TaxCatchAll xmlns="59d4e68c-a2c4-4e5a-9b5d-4b6ab7ea85d1" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="08d9a78f-ffb1-4410-97cf-7b7248c23f9a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <_dlc_DocId xmlns="01924fbb-8c54-4cb2-bb1a-5dd340640d88">ZEWWDZ42SXRS-1684418765-76008</_dlc_DocId>
-[...3 lines deleted...]
-    </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F17A4519-7EF7-4D31-A85E-C8065F81D499}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A059B74-BE5F-4875-9B27-B083C8DE505E}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4BB0A76D-890A-4649-8969-1EA65F60F98A}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F841CB54-5F12-4DBE-819D-CF82308C681F}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92CDFD01-F3CE-4B93-995C-D6214908532E}"/>
-[...3 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2790AC7E-A9B3-49C8-967C-115DF1C6AEA1}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35FD49C3-919C-497D-AEC1-6FC2A7826BA3}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>203</Words>
   <Characters>1158</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
@@ -2708,32 +2601,32 @@
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>1359</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Veronica McIlroy</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100542AFCA2D00F7E42BCDD4C68D05FD0A8</vt:lpwstr>
+    <vt:lpwstr>0x01010000EF8CC3DBA25449A2399EE8D40F062A</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>93eaedd9-4bc1-4834-9126-e68f89552753</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
+    <vt:r8>1115500</vt:r8>
   </property>
 </Properties>
 </file>