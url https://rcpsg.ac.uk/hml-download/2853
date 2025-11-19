--- v0 (2025-10-03)
+++ v1 (2025-11-19)
@@ -1,377 +1,146 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="42DCDCA0" w14:textId="28CFFA07" w:rsidR="00595572" w:rsidRDefault="00504C52" w:rsidP="00AE3FAD">
-[...228 lines deleted...]
-    <w:p w14:paraId="2E08C8E2" w14:textId="249A8E07" w:rsidR="00595572" w:rsidRDefault="00504C52" w:rsidP="00AE3FAD">
+    <w:p w14:paraId="42DCDCA0" w14:textId="2CA8D044" w:rsidR="00595572" w:rsidRDefault="00DD3A01" w:rsidP="00AE3FAD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DEFD282" wp14:editId="1E7FB6F5">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DEFD282" wp14:editId="3A32C410">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>-146685</wp:posOffset>
+                  <wp:posOffset>-93980</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>85090</wp:posOffset>
+                  <wp:posOffset>211651</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6478905" cy="1143000"/>
-                <wp:effectExtent l="1905" t="2540" r="0" b="0"/>
+                <wp:extent cx="6478905" cy="810073"/>
+                <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1030836287" name="Text Box 12"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6478905" cy="1143000"/>
+                          <a:ext cx="6478905" cy="810073"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="4CB3A9A9" w14:textId="77777777" w:rsidR="00135507" w:rsidRDefault="00135507" w:rsidP="00135507">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                                 <w:color w:val="0E101A"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:eastAsia="en-GB"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="23809FCC" w14:textId="13E1CF71" w:rsidR="001462B0" w:rsidRPr="001462B0" w:rsidRDefault="0082456B" w:rsidP="001462B0">
+                          <w:p w14:paraId="23809FCC" w14:textId="1815444E" w:rsidR="001462B0" w:rsidRPr="001462B0" w:rsidRDefault="0082456B" w:rsidP="001462B0">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                                 <w:color w:val="0E101A"/>
                                 <w:lang w:eastAsia="en-GB"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00135507">
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                                 <w:color w:val="0E101A"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:eastAsia="en-GB"/>
                               </w:rPr>
                               <w:t xml:space="preserve">The Fellowship provides funding for travel to </w:t>
                             </w:r>
                             <w:r w:rsidR="005A45F8">
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                                 <w:color w:val="0E101A"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:eastAsia="en-GB"/>
@@ -425,50 +194,70 @@
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:eastAsia="en-GB"/>
                               </w:rPr>
                               <w:t>pplicants must have trained, in</w:t>
                             </w:r>
                             <w:r w:rsidR="005A45F8">
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                                 <w:color w:val="0E101A"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:eastAsia="en-GB"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> Malysia and have the MRCP(UK) qualification</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00135507">
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                                 <w:color w:val="0E101A"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:eastAsia="en-GB"/>
                               </w:rPr>
                               <w:t>. </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00E52B0C" w:rsidRPr="00E52B0C">
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                                <w:color w:val="0E101A"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                                <w:lang w:eastAsia="en-GB"/>
+                              </w:rPr>
+                              <w:t>Membership of the Royal College of Physicians and Surgeons of Glasgow is not required however membership of the College of Physicians of Malaysia is mandatory.</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00934614">
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                                <w:color w:val="0E101A"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                                <w:lang w:eastAsia="en-GB"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">  </w:t>
                             </w:r>
                             <w:r w:rsidR="001462B0" w:rsidRPr="001462B0">
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                                 <w:color w:val="0E101A"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:eastAsia="en-GB"/>
                               </w:rPr>
                               <w:t xml:space="preserve">The </w:t>
                             </w:r>
                             <w:r w:rsidR="005A45F8">
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                                 <w:color w:val="0E101A"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:eastAsia="en-GB"/>
                               </w:rPr>
                               <w:t>Royal College of Physicians and Surgeons of Glasgow will</w:t>
                             </w:r>
                             <w:r w:rsidR="001462B0" w:rsidRPr="001462B0">
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                                 <w:color w:val="0E101A"/>
@@ -603,66 +392,66 @@
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="5DEFD282" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 12" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-11.55pt;margin-top:6.7pt;width:510.15pt;height:90pt;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDk2Ncv5AEAAKkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tunDAQfa/Uf7D83gW25IaWjdJEqSql&#10;FynNBxhjwCp43LF3Yfv1HRuy2TZvVV8sz4w5c86ZYXM9DT3bK3QaTMmzVcqZMhJqbdqSP32/f3fJ&#10;mfPC1KIHo0p+UI5fb9++2Yy2UGvooK8VMgIxrhhtyTvvbZEkTnZqEG4FVhkqNoCD8BRim9QoRkIf&#10;+mSdpufJCFhbBKmco+zdXOTbiN80SvqvTeOUZ33JiZuPJ8azCmey3YiiRWE7LRca4h9YDEIbanqE&#10;uhNesB3qV1CDlggOGr+SMCTQNFqqqIHUZOlfah47YVXUQuY4e7TJ/T9Y+WX/aL8h89MHmGiAUYSz&#10;DyB/OGbgthOmVTeIMHZK1NQ4C5Ylo3XF8mmw2hUugFTjZ6hpyGLnIQJNDQ7BFdLJCJ0GcDiaribP&#10;JCXP84vLq/SMM0m1LMvfp2kcSyKK588tOv9RwcDCpeRIU43wYv/gfKAjiucnoZuBe933cbK9+SNB&#10;D0Mm0g+MZ+5+qiam60VbUFNBfSA9CPO+0H7TpQP8xdlIu1Jy93MnUHHWfzLkyVWW52G5YpCfXawp&#10;wNNKdVoRRhJUyT1n8/XWzwu5s6jbjjrNUzBwQz42Oip8YbXQp32IwpfdDQt3GsdXL3/Y9jcAAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAnP37A3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8JAEIXv&#10;Jv6HzZB4gy1FLS3dEmPCUY1I4nVoh7ahO9t0F1r+veNJj/Pelzfv5dvJdupKg28dG1guIlDEpata&#10;rg0cvnbzNSgfkCvsHJOBG3nYFvd3OWaVG/mTrvtQKwlhn6GBJoQ+09qXDVn0C9cTi3dyg8Ug51Dr&#10;asBRwm2n4yh61hZblg8N9vTaUHneX6yBJ/eWjFMZfZyTw+77vT+ltzUGYx5m08sGVKAp/MHwW1+q&#10;QyGdju7ClVedgXm8WgoqxuoRlABpmsSgjiKkougi1/8nFD8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA5NjXL+QBAACpAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAJz9+wN4AAAAKAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f" strokecolor="white">
+              <v:shape id="Text Box 12" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-7.4pt;margin-top:16.65pt;width:510.15pt;height:63.8pt;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDOgnc34QEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjO0iY14hRdiw4D&#10;ugvQ9QNkWYqF2aJGKbGzrx8lp2m2vg17ESSSPjznkF5fj33H9gq9AVvxYpZzpqyExthtxZ++379b&#10;ceaDsI3owKqKH5Tn15u3b9aDK9UcWugahYxArC8HV/E2BFdmmZet6oWfgVOWkhqwF4GeuM0aFAOh&#10;9102z/PLbABsHIJU3lP0bkryTcLXWsnwVWuvAusqTtxCOjGddTyzzVqUWxSuNfJIQ/wDi14YS01P&#10;UHciCLZD8wqqNxLBgw4zCX0GWhupkgZSU+R/qXlshVNJC5nj3ckm//9g5Zf9o/uGLIwfYKQBJhHe&#10;PYD84ZmF21bYrbpBhKFVoqHGRbQsG5wvj59Gq33pI0g9fIaGhix2ARLQqLGPrpBORug0gMPJdDUG&#10;Jil4uViurvILziTlVkWeL9+nFqJ8/tqhDx8V9CxeKo401IQu9g8+RDaifC6JzSzcm65Lg+3sHwEq&#10;jJHEPhKeqIexHqk6qqihOZAOhGlPaK/p0gL+4mygHam4/7kTqDjrPlny4qpYLOJSpcfiYjmnB55n&#10;6vOMsJKgKh44m663YVrEnUOzbanT5L6FG/JPmyTthdWRN+1BUnzc2bho5+9U9fJnbX4DAAD//wMA&#10;UEsDBBQABgAIAAAAIQDLY44a4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NbsIwEITvlfoO&#10;1iL1BjZNw0+Ig6pKHNuqFKnXJV6SiHgdxYaEt685tbcd7Wjmm3w72lZcqfeNYw3zmQJBXDrTcKXh&#10;8L2brkD4gGywdUwabuRhWzw+5JgZN/AXXfehEjGEfYYa6hC6TEpf1mTRz1xHHH8n11sMUfaVND0O&#10;Mdy28lmphbTYcGyosaO3msrz/mI1pO59OYyl+jwvD7ufj+60vq0waP00GV83IAKN4c8Md/yIDkVk&#10;OroLGy9aDdP5S0QPGpIkAXE3KJWmII7xWqg1yCKX/zcUvwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQDOgnc34QEAAKEDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDLY44a4AAAAAsBAAAPAAAAAAAAAAAAAAAAADsEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" filled="f" stroked="f" strokecolor="white">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="4CB3A9A9" w14:textId="77777777" w:rsidR="00135507" w:rsidRDefault="00135507" w:rsidP="00135507">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:rPr>
                           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                           <w:color w:val="0E101A"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:lang w:eastAsia="en-GB"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="23809FCC" w14:textId="13E1CF71" w:rsidR="001462B0" w:rsidRPr="001462B0" w:rsidRDefault="0082456B" w:rsidP="001462B0">
+                    <w:p w14:paraId="23809FCC" w14:textId="1815444E" w:rsidR="001462B0" w:rsidRPr="001462B0" w:rsidRDefault="0082456B" w:rsidP="001462B0">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:rPr>
                           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                           <w:color w:val="0E101A"/>
                           <w:lang w:eastAsia="en-GB"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00135507">
                         <w:rPr>
                           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                           <w:color w:val="0E101A"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:lang w:eastAsia="en-GB"/>
                         </w:rPr>
                         <w:t xml:space="preserve">The Fellowship provides funding for travel to </w:t>
                       </w:r>
                       <w:r w:rsidR="005A45F8">
                         <w:rPr>
                           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                           <w:color w:val="0E101A"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:lang w:eastAsia="en-GB"/>
@@ -716,50 +505,70 @@
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:lang w:eastAsia="en-GB"/>
                         </w:rPr>
                         <w:t>pplicants must have trained, in</w:t>
                       </w:r>
                       <w:r w:rsidR="005A45F8">
                         <w:rPr>
                           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                           <w:color w:val="0E101A"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:lang w:eastAsia="en-GB"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> Malysia and have the MRCP(UK) qualification</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00135507">
                         <w:rPr>
                           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                           <w:color w:val="0E101A"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:lang w:eastAsia="en-GB"/>
                         </w:rPr>
                         <w:t>. </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00E52B0C" w:rsidRPr="00E52B0C">
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                          <w:color w:val="0E101A"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                          <w:lang w:eastAsia="en-GB"/>
+                        </w:rPr>
+                        <w:t>Membership of the Royal College of Physicians and Surgeons of Glasgow is not required however membership of the College of Physicians of Malaysia is mandatory.</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00934614">
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                          <w:color w:val="0E101A"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                          <w:lang w:eastAsia="en-GB"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">  </w:t>
                       </w:r>
                       <w:r w:rsidR="001462B0" w:rsidRPr="001462B0">
                         <w:rPr>
                           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                           <w:color w:val="0E101A"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:lang w:eastAsia="en-GB"/>
                         </w:rPr>
                         <w:t xml:space="preserve">The </w:t>
                       </w:r>
                       <w:r w:rsidR="005A45F8">
                         <w:rPr>
                           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                           <w:color w:val="0E101A"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:lang w:eastAsia="en-GB"/>
                         </w:rPr>
                         <w:t>Royal College of Physicians and Surgeons of Glasgow will</w:t>
                       </w:r>
                       <w:r w:rsidR="001462B0" w:rsidRPr="001462B0">
                         <w:rPr>
                           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                           <w:color w:val="0E101A"/>
@@ -878,50 +687,275 @@
                         <w:rPr>
                           <w:color w:val="808080"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve">More information is available at </w:t>
                       </w:r>
                       <w:hyperlink r:id="rId12" w:history="1">
                         <w:r w:rsidRPr="00390757">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:t>www.rcpsg.ac.uk</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r w:rsidR="00504C52">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2728A933" wp14:editId="6EC5796B">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-92710</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-53340</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6254750" cy="829310"/>
+                <wp:effectExtent l="0" t="1270" r="4445" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1333904942" name="Text Box 11"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6254750" cy="829310"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="0C310BF0" w14:textId="3673284D" w:rsidR="000859BB" w:rsidRDefault="005A45F8" w:rsidP="001F1BDD">
+                            <w:pPr>
+                              <w:spacing w:after="0"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="40"/>
+                                <w:szCs w:val="40"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="005A45F8">
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="002060"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                              <w:t>Tuanku</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="005A45F8">
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="002060"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Sirajuddin Travelling Fellowship</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="50A39E20" w14:textId="77777777" w:rsidR="000859BB" w:rsidRDefault="000859BB" w:rsidP="001F1BDD">
+                            <w:pPr>
+                              <w:spacing w:after="0"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="40"/>
+                                <w:szCs w:val="40"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="2FF60459" w14:textId="77777777" w:rsidR="000859BB" w:rsidRPr="001F1BDD" w:rsidRDefault="000859BB" w:rsidP="001F1BDD">
+                            <w:pPr>
+                              <w:spacing w:after="0"/>
+                              <w:rPr>
+                                <w:sz w:val="40"/>
+                                <w:szCs w:val="40"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="0C119231" w14:textId="77777777" w:rsidR="00595572" w:rsidRPr="00EF6D75" w:rsidRDefault="00595572" w:rsidP="001F1BDD">
+                            <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="1560"/>
+                              </w:tabs>
+                              <w:spacing w:after="0"/>
+                              <w:ind w:left="-142"/>
+                              <w:rPr>
+                                <w:sz w:val="40"/>
+                                <w:szCs w:val="40"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="2728A933" id="Text Box 11" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-7.3pt;margin-top:-4.2pt;width:492.5pt;height:65.3pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDq9o6f4wEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjj2kl6MOEXXosOA&#10;7gJ0+wBZlmJhtqhRSuzs60fJbpptb8NeBJGUD885pDc3Y9+xg0JvwFY8Xyw5U1ZCY+yu4t++Pry5&#10;4swHYRvRgVUVPyrPb7avX20GV6oCWugahYxArC8HV/E2BFdmmZet6oVfgFOWihqwF4FC3GUNioHQ&#10;+y4rlsuLbABsHIJU3lP2firybcLXWsnwWWuvAusqTtxCOjGddTyz7UaUOxSuNXKmIf6BRS+MpaYn&#10;qHsRBNuj+QuqNxLBgw4LCX0GWhupkgZSky//UPPUCqeSFjLHu5NN/v/Byk+HJ/cFWRjfwUgDTCK8&#10;ewT53TMLd62wO3WLCEOrREON82hZNjhfzp9Gq33pI0g9fISGhiz2ARLQqLGPrpBORug0gOPJdDUG&#10;Jil5UaxXl2sqSapdFddv8zSVTJTPXzv04b2CnsVLxZGGmtDF4dGHyEaUz09iMwsPpuvSYDv7W4Ie&#10;xkxiHwlP1MNYj8w0s7QopobmSHIQpnWh9aZLC/iTs4FWpeL+x16g4qz7YMmS63y1iruVgtX6sqAA&#10;zyv1eUVYSVAVD5xN17sw7ePeodm11GkagoVbslGbpPCF1Uyf1iEJn1c37tt5nF69/GDbXwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAMBb1HPdAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FuwjAMhu9I&#10;e4fIk7hBQtUx6JqiaWjXTbANiVtoTFutcaom0O7t553G7bf86ffnfDO6VlyxD40nDYu5AoFUettQ&#10;peHz43W2AhGiIWtaT6jhBwNsirtJbjLrB9rhdR8rwSUUMqOhjrHLpAxljc6Eue+QeHf2vTORx76S&#10;tjcDl7tWJkotpTMN8YXadPhSY/m9vzgNX2/n4yFV79XWPXSDH5Ukt5ZaT+/H5ycQEcf4D8OfPqtD&#10;wU4nfyEbRKthtkiXjHJYpSAYWD8qDicmkyQBWeTy9oXiFwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAOr2jp/jAQAAqAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAMBb1HPdAAAACgEAAA8AAAAAAAAAAAAAAAAAPQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" filled="f" stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="0C310BF0" w14:textId="3673284D" w:rsidR="000859BB" w:rsidRDefault="005A45F8" w:rsidP="001F1BDD">
+                      <w:pPr>
+                        <w:spacing w:after="0"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="40"/>
+                          <w:szCs w:val="40"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="005A45F8">
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="002060"/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                        <w:t>Tuanku</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="005A45F8">
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="002060"/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Sirajuddin Travelling Fellowship</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="50A39E20" w14:textId="77777777" w:rsidR="000859BB" w:rsidRDefault="000859BB" w:rsidP="001F1BDD">
+                      <w:pPr>
+                        <w:spacing w:after="0"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="40"/>
+                          <w:szCs w:val="40"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="2FF60459" w14:textId="77777777" w:rsidR="000859BB" w:rsidRPr="001F1BDD" w:rsidRDefault="000859BB" w:rsidP="001F1BDD">
+                      <w:pPr>
+                        <w:spacing w:after="0"/>
+                        <w:rPr>
+                          <w:sz w:val="40"/>
+                          <w:szCs w:val="40"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="0C119231" w14:textId="77777777" w:rsidR="00595572" w:rsidRPr="00EF6D75" w:rsidRDefault="00595572" w:rsidP="001F1BDD">
+                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="1560"/>
+                        </w:tabs>
+                        <w:spacing w:after="0"/>
+                        <w:ind w:left="-142"/>
+                        <w:rPr>
+                          <w:sz w:val="40"/>
+                          <w:szCs w:val="40"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E08C8E2" w14:textId="058DD173" w:rsidR="00595572" w:rsidRDefault="00595572" w:rsidP="00AE3FAD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="220F4904" w14:textId="77777777" w:rsidR="00595572" w:rsidRDefault="00595572" w:rsidP="00AE3FAD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F70D9CC" w14:textId="2211B304" w:rsidR="00595572" w:rsidRDefault="00504C52" w:rsidP="00AE3FAD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F09AE">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="17365D"/>
           <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
         </w:rPr>
         <mc:AlternateContent>
@@ -1018,79 +1052,79 @@
                           <w:color w:val="808080"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="67603B8D" w14:textId="77777777" w:rsidR="00595572" w:rsidRPr="00EF6D75" w:rsidRDefault="00595572" w:rsidP="00AE3FAD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71D98542" w14:textId="77777777" w:rsidR="00595572" w:rsidRPr="00EF6D75" w:rsidRDefault="00595572" w:rsidP="00806DDB">
+    <w:p w14:paraId="0B495BAD" w14:textId="77777777" w:rsidR="00DD3A01" w:rsidRPr="00EF6D75" w:rsidRDefault="00DD3A01" w:rsidP="00806DDB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-176" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2376"/>
         <w:gridCol w:w="2668"/>
-        <w:gridCol w:w="1747"/>
-        <w:gridCol w:w="3023"/>
+        <w:gridCol w:w="2362"/>
+        <w:gridCol w:w="2408"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00595572" w14:paraId="0C9EC9D3" w14:textId="77777777" w:rsidTr="004B6FC2">
+      <w:tr w:rsidR="00595572" w14:paraId="0C9EC9D3" w14:textId="77777777" w:rsidTr="006C41BD">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10030" w:type="dxa"/>
+            <w:tcW w:w="9814" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="32566E"/>
           </w:tcPr>
           <w:p w14:paraId="40DA2A8A" w14:textId="77777777" w:rsidR="00595572" w:rsidRPr="00595572" w:rsidRDefault="005F2A9D" w:rsidP="004B6FC2">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SECTION 1 | </w:t>
             </w:r>
             <w:r w:rsidR="00595572" w:rsidRPr="00595572">
               <w:rPr>
                 <w:b/>
@@ -1108,918 +1142,913 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> AND</w:t>
             </w:r>
             <w:r w:rsidR="00FB47AA">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> AWARD</w:t>
             </w:r>
             <w:r w:rsidR="00595572" w:rsidRPr="00595572">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> DETAILS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00595572" w14:paraId="182146B7" w14:textId="77777777" w:rsidTr="00222952">
+      <w:tr w:rsidR="00595572" w14:paraId="182146B7" w14:textId="77777777" w:rsidTr="006C41BD">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2411" w:type="dxa"/>
+            <w:tcW w:w="2376" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE6EE"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="42B16763" w14:textId="77777777" w:rsidR="00595572" w:rsidRPr="00595572" w:rsidRDefault="00595572" w:rsidP="00335AC4">
+          <w:p w14:paraId="42B16763" w14:textId="77777777" w:rsidR="00595572" w:rsidRPr="00595572" w:rsidRDefault="00595572" w:rsidP="006C41BD">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00595572">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:tcW w:w="2668" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AD82299" w14:textId="77777777" w:rsidR="00595572" w:rsidRPr="00222952" w:rsidRDefault="00595572" w:rsidP="00222952">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1765" w:type="dxa"/>
+            <w:tcW w:w="2362" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE6EE"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="40B4150F" w14:textId="77777777" w:rsidR="00595572" w:rsidRPr="00595572" w:rsidRDefault="005F2A9D" w:rsidP="00335AC4">
+          <w:p w14:paraId="40B4150F" w14:textId="77777777" w:rsidR="00595572" w:rsidRPr="00595572" w:rsidRDefault="005F2A9D" w:rsidP="006C41BD">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PID</w:t>
             </w:r>
             <w:r w:rsidR="00595572" w:rsidRPr="00595572">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3110" w:type="dxa"/>
+            <w:tcW w:w="2408" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5798B33E" w14:textId="77777777" w:rsidR="00595572" w:rsidRPr="00222952" w:rsidRDefault="00595572" w:rsidP="00335AC4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB47AA" w14:paraId="5FECCAF4" w14:textId="77777777" w:rsidTr="00880DD2">
+      <w:tr w:rsidR="00FB47AA" w14:paraId="5FECCAF4" w14:textId="77777777" w:rsidTr="006C41BD">
         <w:trPr>
           <w:trHeight w:val="377"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2411" w:type="dxa"/>
+            <w:tcW w:w="2376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FA29141" w14:textId="77777777" w:rsidR="00FB47AA" w:rsidRPr="00595572" w:rsidRDefault="00FB47AA" w:rsidP="00335AC4">
+          <w:p w14:paraId="4FA29141" w14:textId="77777777" w:rsidR="00FB47AA" w:rsidRPr="00595572" w:rsidRDefault="00FB47AA" w:rsidP="006C41BD">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Surname</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:tcW w:w="2668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AAB3BFD" w14:textId="77777777" w:rsidR="00FB47AA" w:rsidRPr="00222952" w:rsidRDefault="00FB47AA" w:rsidP="00222952">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1765" w:type="dxa"/>
+            <w:tcW w:w="2362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0629166E" w14:textId="77777777" w:rsidR="00FB47AA" w:rsidRPr="00595572" w:rsidRDefault="00FB47AA" w:rsidP="00335AC4">
+          <w:p w14:paraId="0629166E" w14:textId="77777777" w:rsidR="00FB47AA" w:rsidRPr="00595572" w:rsidRDefault="00FB47AA" w:rsidP="006C41BD">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00595572">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forename(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3110" w:type="dxa"/>
+            <w:tcW w:w="2408" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="714E324E" w14:textId="77777777" w:rsidR="00FB47AA" w:rsidRPr="00222952" w:rsidRDefault="00FB47AA" w:rsidP="00335AC4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB47AA" w14:paraId="63761997" w14:textId="77777777" w:rsidTr="006E2CE3">
+      <w:tr w:rsidR="00FB47AA" w14:paraId="63761997" w14:textId="77777777" w:rsidTr="006C41BD">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2411" w:type="dxa"/>
+            <w:tcW w:w="2376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A32CCC8" w14:textId="77777777" w:rsidR="00FB47AA" w:rsidRPr="00595572" w:rsidRDefault="005A67FC" w:rsidP="00335AC4">
+          <w:p w14:paraId="1A32CCC8" w14:textId="77777777" w:rsidR="00FB47AA" w:rsidRPr="00595572" w:rsidRDefault="005A67FC" w:rsidP="006C41BD">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:tcW w:w="2668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29E6DBD7" w14:textId="77777777" w:rsidR="00FB47AA" w:rsidRPr="00222952" w:rsidRDefault="00FB47AA" w:rsidP="00222952">
+          <w:p w14:paraId="4CAB2D5E" w14:textId="77777777" w:rsidR="00FB47AA" w:rsidRDefault="00FB47AA" w:rsidP="00222952">
+            <w:pPr>
+              <w:spacing w:before="80" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="29E6DBD7" w14:textId="77777777" w:rsidR="006C41BD" w:rsidRPr="00222952" w:rsidRDefault="006C41BD" w:rsidP="00222952">
             <w:pPr>
               <w:spacing w:before="80" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1765" w:type="dxa"/>
+            <w:tcW w:w="2362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="188C9003" w14:textId="77777777" w:rsidR="00FB47AA" w:rsidRPr="00595572" w:rsidRDefault="00FB47AA" w:rsidP="00335AC4">
+          <w:p w14:paraId="188C9003" w14:textId="77777777" w:rsidR="00FB47AA" w:rsidRPr="00595572" w:rsidRDefault="00FB47AA" w:rsidP="006C41BD">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3110" w:type="dxa"/>
+            <w:tcW w:w="2408" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="637D92D0" w14:textId="77777777" w:rsidR="00FB47AA" w:rsidRPr="00222952" w:rsidRDefault="00FB47AA" w:rsidP="00335AC4">
             <w:pPr>
               <w:spacing w:before="80" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A67FC" w14:paraId="3A4D66A3" w14:textId="77777777" w:rsidTr="00222952">
+      <w:tr w:rsidR="005A67FC" w14:paraId="3A4D66A3" w14:textId="77777777" w:rsidTr="006C41BD">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2411" w:type="dxa"/>
+            <w:tcW w:w="2376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44C0A280" w14:textId="77777777" w:rsidR="005A67FC" w:rsidRDefault="005A67FC" w:rsidP="00335AC4">
+          <w:p w14:paraId="44C0A280" w14:textId="77777777" w:rsidR="005A67FC" w:rsidRDefault="005A67FC" w:rsidP="006C41BD">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Country</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:tcW w:w="2668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D26F0E0" w14:textId="77777777" w:rsidR="005A67FC" w:rsidRPr="00222952" w:rsidRDefault="005A67FC" w:rsidP="007D36E0">
             <w:pPr>
               <w:spacing w:before="80" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1765" w:type="dxa"/>
+            <w:tcW w:w="2362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49F39C30" w14:textId="77777777" w:rsidR="005A67FC" w:rsidRDefault="00981811" w:rsidP="00335AC4">
+          <w:p w14:paraId="49F39C30" w14:textId="77777777" w:rsidR="005A67FC" w:rsidRDefault="00981811" w:rsidP="006C41BD">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Post Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3110" w:type="dxa"/>
+            <w:tcW w:w="2408" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21BBBCF9" w14:textId="77777777" w:rsidR="005A67FC" w:rsidRPr="00222952" w:rsidRDefault="005A67FC" w:rsidP="007D36E0">
             <w:pPr>
               <w:spacing w:before="80" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A67FC" w14:paraId="521DA9EB" w14:textId="77777777" w:rsidTr="00222952">
+      <w:tr w:rsidR="005A67FC" w14:paraId="521DA9EB" w14:textId="77777777" w:rsidTr="006C41BD">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2411" w:type="dxa"/>
+            <w:tcW w:w="2376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46674E4F" w14:textId="77777777" w:rsidR="005A67FC" w:rsidRDefault="005A67FC" w:rsidP="00335AC4">
+          <w:p w14:paraId="46674E4F" w14:textId="77777777" w:rsidR="005A67FC" w:rsidRDefault="005A67FC" w:rsidP="006C41BD">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Telephone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:tcW w:w="2668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04341767" w14:textId="77777777" w:rsidR="005A67FC" w:rsidRPr="00222952" w:rsidRDefault="005A67FC" w:rsidP="007D36E0">
             <w:pPr>
               <w:spacing w:before="80" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1765" w:type="dxa"/>
+            <w:tcW w:w="2362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D7270B4" w14:textId="77777777" w:rsidR="005A67FC" w:rsidRDefault="005A67FC" w:rsidP="00335AC4">
+          <w:p w14:paraId="5D7270B4" w14:textId="3F343F8D" w:rsidR="005A67FC" w:rsidRDefault="006C41BD" w:rsidP="006C41BD">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Fax</w:t>
+              <w:t>College of Physicians of Malaysia Member number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3110" w:type="dxa"/>
+            <w:tcW w:w="2408" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A5AA2A1" w14:textId="77777777" w:rsidR="005A67FC" w:rsidRPr="00222952" w:rsidRDefault="005A67FC" w:rsidP="007D36E0">
             <w:pPr>
               <w:spacing w:before="80" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00806DDB" w14:paraId="5DE749B9" w14:textId="77777777" w:rsidTr="005A67FC">
+      <w:tr w:rsidR="00806DDB" w14:paraId="5DE749B9" w14:textId="77777777" w:rsidTr="006C41BD">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2411" w:type="dxa"/>
+            <w:tcW w:w="2376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="570C7563" w14:textId="77777777" w:rsidR="00806DDB" w:rsidRDefault="00806DDB" w:rsidP="00335AC4">
+          <w:p w14:paraId="570C7563" w14:textId="77777777" w:rsidR="00806DDB" w:rsidRDefault="00806DDB" w:rsidP="006C41BD">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Email address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:tcW w:w="2668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="140028B7" w14:textId="77777777" w:rsidR="00806DDB" w:rsidRPr="00222952" w:rsidRDefault="00806DDB" w:rsidP="007D36E0">
             <w:pPr>
               <w:spacing w:before="80" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1765" w:type="dxa"/>
+            <w:tcW w:w="2362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6526AE79" w14:textId="77777777" w:rsidR="00806DDB" w:rsidRDefault="00806DDB" w:rsidP="00335AC4">
+          <w:p w14:paraId="6526AE79" w14:textId="77777777" w:rsidR="00806DDB" w:rsidRDefault="00806DDB" w:rsidP="006C41BD">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mobile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3110" w:type="dxa"/>
+            <w:tcW w:w="2408" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1800486D" w14:textId="77777777" w:rsidR="00806DDB" w:rsidRPr="00222952" w:rsidRDefault="00806DDB" w:rsidP="00F97F28">
             <w:pPr>
               <w:spacing w:before="80" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00806DDB" w14:paraId="4DC733AF" w14:textId="77777777" w:rsidTr="00904FC5">
+      <w:tr w:rsidR="00806DDB" w14:paraId="4DC733AF" w14:textId="77777777" w:rsidTr="006C41BD">
         <w:trPr>
           <w:trHeight w:val="1344"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2411" w:type="dxa"/>
+            <w:tcW w:w="2376" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D042D08" w14:textId="6C27CBA3" w:rsidR="00806DDB" w:rsidRDefault="00806DDB" w:rsidP="00335AC4">
+          <w:p w14:paraId="0D042D08" w14:textId="6C27CBA3" w:rsidR="00806DDB" w:rsidRDefault="00806DDB" w:rsidP="006C41BD">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Medical or Nursing qualifications </w:t>
             </w:r>
             <w:r w:rsidRPr="002766D5">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="002766D5" w:rsidRPr="007B0393">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>please list, including MRCP(UK) – mandatory for eligibility</w:t>
             </w:r>
             <w:r w:rsidRPr="002766D5">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:tcW w:w="2668" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="744031D1" w14:textId="77777777" w:rsidR="00806DDB" w:rsidRPr="00222952" w:rsidRDefault="00806DDB" w:rsidP="00222952">
             <w:pPr>
               <w:spacing w:before="80" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1765" w:type="dxa"/>
+            <w:tcW w:w="2362" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DC41BAE" w14:textId="77777777" w:rsidR="00806DDB" w:rsidRDefault="00806DDB" w:rsidP="00335AC4">
+          <w:p w14:paraId="5DC41BAE" w14:textId="77777777" w:rsidR="00806DDB" w:rsidRDefault="00806DDB" w:rsidP="006C41BD">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Date awarded</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3110" w:type="dxa"/>
+            <w:tcW w:w="2408" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4766CCAF" w14:textId="77777777" w:rsidR="00806DDB" w:rsidRPr="00222952" w:rsidRDefault="00806DDB" w:rsidP="00335AC4">
             <w:pPr>
               <w:spacing w:before="80" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00806DDB" w14:paraId="44F54B75" w14:textId="77777777" w:rsidTr="00531371">
+      <w:tr w:rsidR="00806DDB" w14:paraId="44F54B75" w14:textId="77777777" w:rsidTr="006C41BD">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2411" w:type="dxa"/>
+            <w:tcW w:w="2376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E169FCE" w14:textId="77777777" w:rsidR="00806DDB" w:rsidRDefault="00806DDB" w:rsidP="00335AC4">
+          <w:p w14:paraId="6E169FCE" w14:textId="77777777" w:rsidR="00806DDB" w:rsidRDefault="00806DDB" w:rsidP="006C41BD">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Where did you hear about this award?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:tcW w:w="2668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74FD9CDE" w14:textId="77777777" w:rsidR="00806DDB" w:rsidRPr="00222952" w:rsidRDefault="00806DDB" w:rsidP="00222952">
             <w:pPr>
               <w:spacing w:before="80" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1765" w:type="dxa"/>
+            <w:tcW w:w="2362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4077D461" w14:textId="77777777" w:rsidR="00806DDB" w:rsidRDefault="00DE6B46" w:rsidP="00DE6B46">
+          <w:p w14:paraId="4077D461" w14:textId="77777777" w:rsidR="00806DDB" w:rsidRDefault="00DE6B46" w:rsidP="006C41BD">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Name of c</w:t>
             </w:r>
             <w:r w:rsidR="00806DDB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">urrent </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="00806DDB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">upervisor </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3110" w:type="dxa"/>
+            <w:tcW w:w="2408" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="501B5E16" w14:textId="77777777" w:rsidR="00806DDB" w:rsidRPr="00222952" w:rsidRDefault="00806DDB" w:rsidP="00335AC4">
             <w:pPr>
               <w:spacing w:before="80" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="115C9CB3" w14:textId="77777777" w:rsidR="00595572" w:rsidRDefault="00595572" w:rsidP="00AE3FAD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
@@ -2305,50 +2334,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE6EE"/>
           </w:tcPr>
           <w:p w14:paraId="3D2AC4CA" w14:textId="787FE1F4" w:rsidR="003A16D8" w:rsidRPr="000859BB" w:rsidRDefault="00135507" w:rsidP="00DE6B46">
             <w:pPr>
               <w:spacing w:before="80" w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="003A16D8" w:rsidRPr="000859BB">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">lease explain why you wish to visit </w:t>
             </w:r>
             <w:r w:rsidR="00DE6B46">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>centre</w:t>
             </w:r>
             <w:r w:rsidR="00FF080C">
@@ -2393,51 +2423,50 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE6EE"/>
           </w:tcPr>
           <w:p w14:paraId="38359C9E" w14:textId="77777777" w:rsidR="003A16D8" w:rsidRPr="000859BB" w:rsidRDefault="003A16D8" w:rsidP="00806DDB">
             <w:pPr>
               <w:spacing w:before="80" w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000859BB">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Breakdown of anticipated costs </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7BC622D3" w14:textId="77777777" w:rsidR="00D125AE" w:rsidRPr="00222952" w:rsidRDefault="00D125AE" w:rsidP="00D125AE">
             <w:pPr>
               <w:spacing w:before="80" w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6D8D3AC9" w14:textId="77777777" w:rsidR="005F2A9D" w:rsidRDefault="005F2A9D" w:rsidP="00C12806">
@@ -3237,60 +3266,60 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2411" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7972A571" w14:textId="77777777" w:rsidR="00C0551D" w:rsidRPr="00595572" w:rsidRDefault="00C0551D" w:rsidP="005E4A4F">
             <w:pPr>
               <w:spacing w:before="80" w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">The successful candidate must produce a report for approval by the Scholarship Committee.  This report may be published in College News and/or any other College publications.  The College reserves the right to leverage maximum publicity/press coverage </w:t>
+              <w:t xml:space="preserve">The successful candidate must produce a report for approval by the Scholarship Committee.  This report may </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">from any activity funded by this award. </w:t>
+              <w:t xml:space="preserve">be published in College News and/or any other College publications.  The College reserves the right to leverage maximum publicity/press coverage from any activity funded by this award. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7619" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="32566E"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3E41D3F7" w14:textId="77777777" w:rsidR="00C0551D" w:rsidRDefault="00C0551D" w:rsidP="00C12806">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7E6D8491" w14:textId="77777777" w:rsidR="00C0551D" w:rsidRPr="004B6FC2" w:rsidRDefault="0082456B" w:rsidP="00C12806">
             <w:pPr>
@@ -3376,50 +3405,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="379F6DA8" w14:textId="77777777" w:rsidR="0082456B" w:rsidRPr="0082456B" w:rsidRDefault="0082456B" w:rsidP="0082456B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0082456B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:color w:val="0E101A"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>The successful applicant might be invited to present their findings at one of the symposia during the COPM Annual Scientific Congress.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4FE11BAC" w14:textId="77777777" w:rsidR="00C12806" w:rsidRDefault="00C12806" w:rsidP="003C31D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09EF88A7" w14:textId="77777777" w:rsidR="00981811" w:rsidRDefault="00981811" w:rsidP="003C31D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
@@ -4122,61 +4152,61 @@
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> you. Should you have any enquiries about this right please contact Membership Services Administrator at the College. </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A9489D" w:rsidRPr="000F09AE" w:rsidSect="00F7172E">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="814" w:right="1134" w:bottom="1134" w:left="1134" w:header="142" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1DBC6428" w14:textId="77777777" w:rsidR="00E75491" w:rsidRDefault="00E75491" w:rsidP="00861609">
+    <w:p w14:paraId="3BB36722" w14:textId="77777777" w:rsidR="00BE5840" w:rsidRDefault="00BE5840" w:rsidP="00861609">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="45E4DFA7" w14:textId="77777777" w:rsidR="00E75491" w:rsidRDefault="00E75491" w:rsidP="00861609">
+    <w:p w14:paraId="461E55F7" w14:textId="77777777" w:rsidR="00BE5840" w:rsidRDefault="00BE5840" w:rsidP="00861609">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4406,61 +4436,61 @@
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="53CA5677" w14:textId="77777777" w:rsidR="00901A10" w:rsidRDefault="00901A10">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7FCA5C61" w14:textId="77777777" w:rsidR="00E75491" w:rsidRDefault="00E75491" w:rsidP="00861609">
+    <w:p w14:paraId="4D0CC7A8" w14:textId="77777777" w:rsidR="00BE5840" w:rsidRDefault="00BE5840" w:rsidP="00861609">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="67B07F7C" w14:textId="77777777" w:rsidR="00E75491" w:rsidRDefault="00E75491" w:rsidP="00861609">
+    <w:p w14:paraId="02A21787" w14:textId="77777777" w:rsidR="00BE5840" w:rsidRDefault="00BE5840" w:rsidP="00861609">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0DFFD4C5" w14:textId="77777777" w:rsidR="00901A10" w:rsidRPr="00861609" w:rsidRDefault="00901A10" w:rsidP="00861609">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:b/>
         <w:color w:val="808080"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
@@ -5065,206 +5095,218 @@
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A9489D"/>
     <w:rsid w:val="000039FC"/>
     <w:rsid w:val="00005912"/>
     <w:rsid w:val="00027233"/>
     <w:rsid w:val="00031865"/>
     <w:rsid w:val="000634CB"/>
     <w:rsid w:val="00084F3E"/>
     <w:rsid w:val="000859BB"/>
     <w:rsid w:val="0009065B"/>
     <w:rsid w:val="000A086E"/>
     <w:rsid w:val="000B74C3"/>
     <w:rsid w:val="000C2A87"/>
     <w:rsid w:val="000D3EFC"/>
     <w:rsid w:val="000E0275"/>
     <w:rsid w:val="000E115A"/>
+    <w:rsid w:val="000E6988"/>
     <w:rsid w:val="000F09AE"/>
     <w:rsid w:val="000F68CE"/>
     <w:rsid w:val="00104FB1"/>
     <w:rsid w:val="001214B6"/>
     <w:rsid w:val="001230EB"/>
     <w:rsid w:val="00135507"/>
     <w:rsid w:val="00142155"/>
     <w:rsid w:val="001462B0"/>
     <w:rsid w:val="00162F71"/>
     <w:rsid w:val="00165717"/>
     <w:rsid w:val="00190E7D"/>
     <w:rsid w:val="001E2828"/>
     <w:rsid w:val="001E2F77"/>
     <w:rsid w:val="001F1BDD"/>
     <w:rsid w:val="001F7252"/>
     <w:rsid w:val="00222952"/>
     <w:rsid w:val="0024193C"/>
     <w:rsid w:val="00247702"/>
     <w:rsid w:val="00264CA0"/>
     <w:rsid w:val="002766D5"/>
     <w:rsid w:val="00276EF3"/>
     <w:rsid w:val="0028722C"/>
     <w:rsid w:val="002B2A40"/>
     <w:rsid w:val="002B4B9F"/>
     <w:rsid w:val="002D371F"/>
     <w:rsid w:val="002F2944"/>
     <w:rsid w:val="002F497E"/>
     <w:rsid w:val="00306883"/>
     <w:rsid w:val="00321C69"/>
     <w:rsid w:val="00333577"/>
     <w:rsid w:val="00335AC4"/>
     <w:rsid w:val="00360177"/>
     <w:rsid w:val="003821DF"/>
     <w:rsid w:val="003843E5"/>
     <w:rsid w:val="00387E9F"/>
     <w:rsid w:val="003A01B6"/>
     <w:rsid w:val="003A16D8"/>
     <w:rsid w:val="003C2C1C"/>
     <w:rsid w:val="003C31D3"/>
     <w:rsid w:val="003C6275"/>
     <w:rsid w:val="003F665C"/>
     <w:rsid w:val="00422352"/>
     <w:rsid w:val="004278C4"/>
     <w:rsid w:val="00437003"/>
     <w:rsid w:val="00460BC7"/>
     <w:rsid w:val="004806FC"/>
     <w:rsid w:val="00485DDD"/>
+    <w:rsid w:val="004B2A12"/>
     <w:rsid w:val="004B6FC2"/>
     <w:rsid w:val="004C6BC2"/>
     <w:rsid w:val="004D3047"/>
     <w:rsid w:val="0050265A"/>
     <w:rsid w:val="00504905"/>
     <w:rsid w:val="00504C52"/>
     <w:rsid w:val="0051470A"/>
     <w:rsid w:val="00525BBF"/>
     <w:rsid w:val="00531371"/>
     <w:rsid w:val="005561FB"/>
     <w:rsid w:val="0056132B"/>
     <w:rsid w:val="005632E7"/>
     <w:rsid w:val="0058070A"/>
     <w:rsid w:val="00591C9B"/>
     <w:rsid w:val="00595572"/>
     <w:rsid w:val="005A45F8"/>
     <w:rsid w:val="005A67FC"/>
     <w:rsid w:val="005B71C3"/>
     <w:rsid w:val="005B71E2"/>
     <w:rsid w:val="005D5CFA"/>
     <w:rsid w:val="005E0C88"/>
     <w:rsid w:val="005E26F4"/>
     <w:rsid w:val="005E4A4F"/>
     <w:rsid w:val="005F2A9D"/>
     <w:rsid w:val="005F6519"/>
     <w:rsid w:val="00640717"/>
     <w:rsid w:val="006873EA"/>
     <w:rsid w:val="00693C60"/>
     <w:rsid w:val="006B18F8"/>
     <w:rsid w:val="006B1C9B"/>
     <w:rsid w:val="006B46A8"/>
+    <w:rsid w:val="006C41BD"/>
     <w:rsid w:val="006E2CE3"/>
     <w:rsid w:val="006E3FB1"/>
     <w:rsid w:val="006F1738"/>
     <w:rsid w:val="006F6127"/>
     <w:rsid w:val="00701624"/>
     <w:rsid w:val="00727E0B"/>
+    <w:rsid w:val="007638DA"/>
     <w:rsid w:val="0077344B"/>
     <w:rsid w:val="007A63A1"/>
     <w:rsid w:val="007C333A"/>
     <w:rsid w:val="007D36E0"/>
     <w:rsid w:val="007D5ADD"/>
     <w:rsid w:val="00806DDB"/>
     <w:rsid w:val="00811DB4"/>
     <w:rsid w:val="0082456B"/>
     <w:rsid w:val="00861609"/>
     <w:rsid w:val="00866DA9"/>
     <w:rsid w:val="00875322"/>
     <w:rsid w:val="00880DD2"/>
     <w:rsid w:val="0088454F"/>
     <w:rsid w:val="00892F57"/>
     <w:rsid w:val="008A7F91"/>
     <w:rsid w:val="008E3E6A"/>
     <w:rsid w:val="00901A10"/>
     <w:rsid w:val="00904FC5"/>
     <w:rsid w:val="00927E08"/>
+    <w:rsid w:val="00934614"/>
     <w:rsid w:val="009357EC"/>
     <w:rsid w:val="00971129"/>
     <w:rsid w:val="00981811"/>
+    <w:rsid w:val="009A684C"/>
     <w:rsid w:val="009C2E18"/>
     <w:rsid w:val="009C791F"/>
     <w:rsid w:val="009D2295"/>
     <w:rsid w:val="009E0A9C"/>
     <w:rsid w:val="009E0C2F"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A37515"/>
     <w:rsid w:val="00A37AF6"/>
     <w:rsid w:val="00A648EB"/>
     <w:rsid w:val="00A9489D"/>
     <w:rsid w:val="00A96516"/>
     <w:rsid w:val="00AB133C"/>
     <w:rsid w:val="00AB6354"/>
     <w:rsid w:val="00AC58FC"/>
     <w:rsid w:val="00AC7EA5"/>
     <w:rsid w:val="00AD63B5"/>
     <w:rsid w:val="00AE3FAD"/>
     <w:rsid w:val="00AE7E60"/>
     <w:rsid w:val="00B2737B"/>
     <w:rsid w:val="00B32A1E"/>
     <w:rsid w:val="00B4241D"/>
     <w:rsid w:val="00B50089"/>
     <w:rsid w:val="00BB5FAE"/>
+    <w:rsid w:val="00BE5840"/>
     <w:rsid w:val="00C0116F"/>
     <w:rsid w:val="00C04A27"/>
     <w:rsid w:val="00C0551D"/>
     <w:rsid w:val="00C12806"/>
     <w:rsid w:val="00C31457"/>
     <w:rsid w:val="00C31B7B"/>
     <w:rsid w:val="00C42747"/>
+    <w:rsid w:val="00C556C9"/>
+    <w:rsid w:val="00C65692"/>
     <w:rsid w:val="00C723EF"/>
     <w:rsid w:val="00C874B3"/>
     <w:rsid w:val="00C91580"/>
     <w:rsid w:val="00CE0B9F"/>
     <w:rsid w:val="00CE6DD8"/>
     <w:rsid w:val="00D125AE"/>
     <w:rsid w:val="00D313C9"/>
+    <w:rsid w:val="00D355FB"/>
     <w:rsid w:val="00D532AC"/>
     <w:rsid w:val="00D65B52"/>
     <w:rsid w:val="00D92F82"/>
     <w:rsid w:val="00DA0BEB"/>
     <w:rsid w:val="00DA5471"/>
     <w:rsid w:val="00DB6C39"/>
     <w:rsid w:val="00DC3AC2"/>
+    <w:rsid w:val="00DD3A01"/>
     <w:rsid w:val="00DD5E0D"/>
     <w:rsid w:val="00DE6B46"/>
     <w:rsid w:val="00E03D6C"/>
     <w:rsid w:val="00E07404"/>
     <w:rsid w:val="00E16FD3"/>
     <w:rsid w:val="00E40555"/>
+    <w:rsid w:val="00E52B0C"/>
     <w:rsid w:val="00E75491"/>
     <w:rsid w:val="00E75F2D"/>
     <w:rsid w:val="00E806CC"/>
     <w:rsid w:val="00EE0923"/>
     <w:rsid w:val="00EE723F"/>
     <w:rsid w:val="00EF6ACF"/>
     <w:rsid w:val="00EF6D75"/>
     <w:rsid w:val="00F01513"/>
     <w:rsid w:val="00F7172E"/>
     <w:rsid w:val="00F7687A"/>
     <w:rsid w:val="00F83E92"/>
     <w:rsid w:val="00F87837"/>
     <w:rsid w:val="00F95752"/>
     <w:rsid w:val="00F97F28"/>
     <w:rsid w:val="00FB47AA"/>
     <w:rsid w:val="00FC6899"/>
     <w:rsid w:val="00FE3C77"/>
     <w:rsid w:val="00FF080C"/>
     <w:rsid w:val="00FF3FE7"/>
     <w:rsid w:val="00FF76F4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -6014,51 +6056,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1829207290">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rcpsg.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rcpsg.ac.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rcpsg.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rcpsg.ac.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
@@ -6332,523 +6374,230 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="01924fbb-8c54-4cb2-bb1a-5dd340640d88" xsi:nil="true"/>
-[...8 lines deleted...]
-    </_dlc_DocIdUrl>
+    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100542AFCA2D00F7E42BCDD4C68D05FD0A8" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="911f5d6951dee18ccf70741e375351fe">
-[...3 lines deleted...]
-    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007E1538B4C0BD462080A9B20B3243D13C" ma:contentTypeVersion="2" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="184b80f6ba9ecb3cf6873486216d1bfc">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ad7337ef40fdf8201fa5e8b1a32257c3" ns1:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
-[...18 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
+                <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
+                <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="01924fbb-8c54-4cb2-bb1a-5dd340640d88" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...100 lines deleted...]
-    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+    <xsd:element name="PublishingStartDate" ma:index="8" nillable="true" ma:displayName="Scheduling Start Date" ma:description="" ma:internalName="PublishingStartDate">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="15f006a1-83fb-45ed-97f4-50a1eae51d71" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
-[...6 lines deleted...]
-    <xsd:element name="MediaServiceLocation" ma:index="24" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+    <xsd:element name="PublishingExpirationDate" ma:index="9" nillable="true" ma:displayName="Scheduling End Date" ma:description="" ma:internalName="PublishingExpirationDate">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
-[...14 lines deleted...]
-        <xsd:restriction base="dms:Note"/>
+        <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v4" elementFormDefault="qualified">
-[...8 lines deleted...]
-  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/office/internal/2005/internalDocumentation" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type" ma:readOnly="true"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="lastPrinted" minOccurs="0" maxOccurs="1" type="xsd:dateTime"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
-  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
-[...64 lines deleted...]
-  </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...58 lines deleted...]
-</FormTemplates>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{029B9643-540F-4871-9797-ECB0625DF391}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3FD21FD-15FA-43C3-AAB5-6C62D7BF5EA8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{697B178E-FE4B-4EDC-B4A7-305CAD7D8C80}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/internal/2005/internalDocumentation"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BFECDA3E-ECC2-45CA-BD49-824ED35C68E7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>519</Words>
-  <Characters>2962</Characters>
+  <Words>502</Words>
+  <Characters>2595</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>158</Lines>
+  <Paragraphs>47</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Ritchie Trust Fellowship</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>RCPSG</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3475</CharactersWithSpaces>
+  <CharactersWithSpaces>3200</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>6946936</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.rcpsg.ac.uk/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Ritchie Trust Fellowship</dc:title>
   <dc:subject/>
   <dc:creator>emulchay</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentType">
     <vt:lpwstr>Document</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-[...4 lines deleted...]
-  </property>
 </Properties>
 </file>