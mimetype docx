--- v0 (2025-10-30)
+++ v1 (2026-01-31)
@@ -1,87 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4F267486" w14:textId="77777777" w:rsidR="00BC3009" w:rsidRDefault="00BC3009" w:rsidP="00E11C4E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64B568CB" w14:textId="64E59418" w:rsidR="00E11C4E" w:rsidRPr="003F5DBD" w:rsidRDefault="00EB7C53" w:rsidP="00E11C4E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">RCPSG </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00E11C4E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Po</w:t>
       </w:r>
       <w:r w:rsidR="00377013">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>stgraduate Diploma</w:t>
       </w:r>
       <w:r w:rsidR="00E11C4E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Travel Medicine</w:t>
       </w:r>
     </w:p>
@@ -524,68 +521,68 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00B44CC7" w:rsidRPr="00BC3009">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC3009">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>will be in a position to validate the applicant’s academic ability to undertake a course at Postgraduate Diploma level.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">  Further information on the course can be obtained from the College website (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId6" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00C90288">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>www.rcpsg.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">) or by emailing </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00B70D6E" w:rsidRPr="00D04F1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>PGDipTravelmed@rcpsg.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="770B54AE" w14:textId="77777777" w:rsidR="002F280D" w:rsidRDefault="002F280D" w:rsidP="00E11C4E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -623,301 +620,185 @@
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>APPLICANTS DETAILS</w:t>
             </w:r>
             <w:r w:rsidR="00566EA2">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="32566E"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F280D" w:rsidRPr="002F280D" w14:paraId="64A8F6A1" w14:textId="77777777" w:rsidTr="002F280D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2EFC5479" w14:textId="77777777" w:rsidR="002F280D" w:rsidRDefault="002F280D" w:rsidP="00E11C4E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Please</w:t>
             </w:r>
             <w:r w:rsidR="004B61E1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> state the name of the applicant</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> you are providing this reference for:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21416413" w14:textId="77777777" w:rsidR="002F280D" w:rsidRPr="002F280D" w:rsidRDefault="002F280D" w:rsidP="00E11C4E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F280D" w:rsidRPr="002F280D" w14:paraId="0C4171B8" w14:textId="77777777" w:rsidTr="002F280D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="410A7480" w14:textId="77777777" w:rsidR="002F280D" w:rsidRDefault="002F280D" w:rsidP="002F280D">
+          <w:p w14:paraId="410A7480" w14:textId="1711C921" w:rsidR="002F280D" w:rsidRDefault="002F280D" w:rsidP="002F280D">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>How long have you known th</w:t>
             </w:r>
             <w:r w:rsidR="004B61E1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>e applicant</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
-            </w:r>
-[...111 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="49242F90" w14:textId="77777777" w:rsidR="002F280D" w:rsidRDefault="002F280D" w:rsidP="00E11C4E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F280D" w:rsidRPr="002F280D" w14:paraId="340C8A05" w14:textId="77777777" w:rsidTr="00566EA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="32566E"/>
           </w:tcPr>
           <w:p w14:paraId="45B4617B" w14:textId="77777777" w:rsidR="002F280D" w:rsidRDefault="002F280D" w:rsidP="00E11C4E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C7094">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>REFERENCE TYPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F280D" w:rsidRPr="002F280D" w14:paraId="3E115362" w14:textId="77777777" w:rsidTr="002F280D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6017AF97" w14:textId="6CFBED84" w:rsidR="002F280D" w:rsidRDefault="002F280D" w:rsidP="002F280D">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Please tick which type of </w:t>
             </w:r>
             <w:r w:rsidR="006A03F7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
@@ -946,60 +827,60 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB7C53">
-[...8 lines deleted...]
-            <w:r w:rsidR="00EB7C53">
+            <w:r w:rsidRPr="00D24DA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="006A03F7">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1035,60 +916,60 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB7C53">
-[...8 lines deleted...]
-            <w:r w:rsidR="00EB7C53">
+            <w:r w:rsidRPr="00D24DA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="006A03F7">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1144,60 +1025,60 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB7C53">
-[...8 lines deleted...]
-            <w:r w:rsidR="00EB7C53">
+            <w:r w:rsidRPr="00D24DA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="006A03F7">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1233,213 +1114,100 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="006A03F7" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB7C53">
-[...8 lines deleted...]
-            <w:r w:rsidR="00EB7C53">
+            <w:r w:rsidR="006A03F7" w:rsidRPr="00D24DA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006A03F7" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="006A03F7" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E1735DC" w14:textId="77777777" w:rsidR="002F280D" w:rsidRDefault="00BC3009" w:rsidP="00E11C4E">
+          <w:p w14:paraId="0E1735DC" w14:textId="205DBFD2" w:rsidR="002F280D" w:rsidRDefault="00BC3009" w:rsidP="00E11C4E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">If other, please specify: </w:t>
-            </w:r>
-[...111 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="07B82287" w14:textId="0CA4171C" w:rsidR="00BC3009" w:rsidRDefault="00BC3009" w:rsidP="00E11C4E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F280D" w:rsidRPr="002F280D" w14:paraId="7E0DA871" w14:textId="77777777" w:rsidTr="00566EA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="32566E"/>
           </w:tcPr>
           <w:p w14:paraId="39B8B53D" w14:textId="77777777" w:rsidR="002F280D" w:rsidRPr="002F280D" w:rsidRDefault="002F280D" w:rsidP="00E11C4E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
@@ -1913,59 +1681,59 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB7C53">
-[...7 lines deleted...]
-            <w:r w:rsidR="00EB7C53">
+            <w:r w:rsidRPr="00D24DA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">         </w:t>
@@ -1994,59 +1762,59 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB7C53">
-[...7 lines deleted...]
-            <w:r w:rsidR="00EB7C53">
+            <w:r w:rsidRPr="00D24DA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">         </w:t>
@@ -2057,59 +1825,59 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB7C53">
-[...7 lines deleted...]
-            <w:r w:rsidR="00EB7C53">
+            <w:r w:rsidRPr="00D24DA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
@@ -2138,59 +1906,59 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB7C53">
-[...7 lines deleted...]
-            <w:r w:rsidR="00EB7C53">
+            <w:r w:rsidRPr="00D24DA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00377013" w14:paraId="6C5EDA29" w14:textId="77777777" w:rsidTr="00CB6DE1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -2233,59 +2001,59 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB7C53">
-[...7 lines deleted...]
-            <w:r w:rsidR="00EB7C53">
+            <w:r w:rsidRPr="00D24DA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">           </w:t>
@@ -2296,59 +2064,59 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB7C53">
-[...7 lines deleted...]
-            <w:r w:rsidR="00EB7C53">
+            <w:r w:rsidRPr="00D24DA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">         </w:t>
@@ -2359,59 +2127,59 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB7C53">
-[...7 lines deleted...]
-            <w:r w:rsidR="00EB7C53">
+            <w:r w:rsidRPr="00D24DA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
@@ -2431,59 +2199,59 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB7C53">
-[...7 lines deleted...]
-            <w:r w:rsidR="00EB7C53">
+            <w:r w:rsidRPr="00D24DA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00377013" w14:paraId="6A31E6D7" w14:textId="77777777" w:rsidTr="00CB6DE1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -2528,59 +2296,59 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB7C53">
-[...7 lines deleted...]
-            <w:r w:rsidR="00EB7C53">
+            <w:r w:rsidRPr="00D24DA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">           </w:t>
@@ -2591,59 +2359,59 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB7C53">
-[...7 lines deleted...]
-            <w:r w:rsidR="00EB7C53">
+            <w:r w:rsidRPr="00D24DA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">         </w:t>
@@ -2654,59 +2422,59 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB7C53">
-[...7 lines deleted...]
-            <w:r w:rsidR="00EB7C53">
+            <w:r w:rsidRPr="00D24DA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
@@ -2726,59 +2494,59 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB7C53">
-[...7 lines deleted...]
-            <w:r w:rsidR="00EB7C53">
+            <w:r w:rsidRPr="00D24DA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B61E1" w14:paraId="78427D18" w14:textId="77777777" w:rsidTr="00566EA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -3000,145 +2768,145 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Telephone (Other):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="238C85B6" w14:textId="77777777" w:rsidR="00F90695" w:rsidRDefault="00F90695">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F90695" w:rsidSect="00BC3009">
-      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="426" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="33BD21F2" w14:textId="77777777" w:rsidR="004A5B67" w:rsidRDefault="004A5B67" w:rsidP="00E542D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="21B32342" w14:textId="77777777" w:rsidR="004A5B67" w:rsidRDefault="004A5B67" w:rsidP="00E542D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="53B87CC8" w14:textId="77777777" w:rsidR="004A5B67" w:rsidRDefault="004A5B67" w:rsidP="00E542D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="47AFC646" w14:textId="77777777" w:rsidR="004A5B67" w:rsidRDefault="004A5B67" w:rsidP="00E542D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3D124FCD" w14:textId="17142338" w:rsidR="00E542D3" w:rsidRDefault="00E542D3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="434BEF36" wp14:editId="5CF9C729">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-309776</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-202811</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2425147" cy="577778"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="5" name="Picture 5" descr="20mm_colour_landscape_travel_medicine"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -3169,74 +2937,76 @@
                     <a:off x="0" y="0"/>
                     <a:ext cx="2425147" cy="577778"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="70"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E11C4E"/>
+    <w:rsid w:val="000C7594"/>
     <w:rsid w:val="00223318"/>
+    <w:rsid w:val="002C038E"/>
     <w:rsid w:val="002F280D"/>
     <w:rsid w:val="00324E93"/>
     <w:rsid w:val="00377013"/>
     <w:rsid w:val="003E7628"/>
     <w:rsid w:val="004A5B67"/>
     <w:rsid w:val="004B61E1"/>
     <w:rsid w:val="004C7094"/>
     <w:rsid w:val="00566EA2"/>
     <w:rsid w:val="006A03F7"/>
     <w:rsid w:val="0073085C"/>
     <w:rsid w:val="00893EBC"/>
     <w:rsid w:val="0092091F"/>
     <w:rsid w:val="00970C53"/>
     <w:rsid w:val="009D3209"/>
     <w:rsid w:val="00A801B7"/>
     <w:rsid w:val="00B44CC7"/>
     <w:rsid w:val="00B70B54"/>
     <w:rsid w:val="00B70D6E"/>
     <w:rsid w:val="00BC3009"/>
     <w:rsid w:val="00D35318"/>
     <w:rsid w:val="00D7311E"/>
     <w:rsid w:val="00E11C4E"/>
     <w:rsid w:val="00E542D3"/>
     <w:rsid w:val="00EA3B4D"/>
     <w:rsid w:val="00EB7C53"/>
@@ -3251,67 +3021,67 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="36080767"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E2901F9F-82D8-4AE5-B2F6-75F1E8DA4FA5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3373,95 +3143,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -3640,50 +3413,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E11C4E"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
@@ -3803,59 +3577,59 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E542D3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E542D3"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:PGDipTravelmed@rcpsg.ac.uk" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rcpsg.ac.uk" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:PGDipTravelmed@rcpsg.ac.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rcpsg.ac.uk" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -4091,235 +3865,209 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="59d4e68c-a2c4-4e5a-9b5d-4b6ab7ea85d1" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="08d9a78f-ffb1-4410-97cf-7b7248c23f9a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010000EF8CC3DBA25449A2399EE8D40F062A" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0a80895bc50396d49a3115ca0b2ce694">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="08d9a78f-ffb1-4410-97cf-7b7248c23f9a" xmlns:ns3="59d4e68c-a2c4-4e5a-9b5d-4b6ab7ea85d1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="70cc52c68dc5cae337405d125a11cadf" ns2:_="" ns3:_="">
+    <xsd:import namespace="08d9a78f-ffb1-4410-97cf-7b7248c23f9a"/>
+    <xsd:import namespace="59d4e68c-a2c4-4e5a-9b5d-4b6ab7ea85d1"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
-[...18 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="01924fbb-8c54-4cb2-bb1a-5dd340640d88" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="08d9a78f-ffb1-4410-97cf-7b7248c23f9a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_DocId" ma:index="8" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:internalName="_dlc_DocId" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="_dlc_DocIdUrl" ma:index="9" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="11" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="12" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="15" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="0a19cc31-474a-44c6-a246-2e7f47993618" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="59d4e68c-a2c4-4e5a-9b5d-4b6ab7ea85d1" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{268c145b-2a49-43f4-8dac-ca119ef47fc0}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="59d4e68c-a2c4-4e5a-9b5d-4b6ab7ea85d1">
       <xsd:complexType>
         <xsd:complexContent>
-          <xsd:extension base="dms:URL">
+          <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
-              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
-              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="_dlc_DocIdPersistId" ma:index="10" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
-[...4 lines deleted...]
-    <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="20" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="18" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="21" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
-      </xsd:simpleType>
-[...91 lines deleted...]
-        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -4378,177 +4126,111 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...74 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{565A2499-7E62-4171-A06B-A33AD8FD7D6E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ACC12352-8D51-4C7E-8263-20723EF87F7F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="59d4e68c-a2c4-4e5a-9b5d-4b6ab7ea85d1"/>
+    <ds:schemaRef ds:uri="08d9a78f-ffb1-4410-97cf-7b7248c23f9a"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6ECF897E-8752-4075-8999-66D7EAEDC1AC}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1682F84-5984-49A9-92CE-732DFF2CF07B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32544A4C-2312-44F5-BF88-2553ED2A5118}"/>
-[...3 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{867647A7-A889-43BC-802A-B2E32715A80A}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0F0DE407-7140-4E3D-819F-3BFA5449A77C}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>394</Words>
-  <Characters>2251</Characters>
+  <Words>388</Words>
+  <Characters>2217</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2640</CharactersWithSpaces>
+  <CharactersWithSpaces>2600</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Veronica McIlroy</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100542AFCA2D00F7E42BCDD4C68D05FD0A8</vt:lpwstr>
+    <vt:lpwstr>0x01010000EF8CC3DBA25449A2399EE8D40F062A</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>74121303-cccc-4473-90db-84e1a93cbe02</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
+    <vt:r8>3870900</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>