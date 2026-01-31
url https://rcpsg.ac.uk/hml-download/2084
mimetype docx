--- v0 (2025-10-30)
+++ v1 (2026-01-31)
@@ -1,412 +1,367 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="002F68E8" w:rsidRPr="00FB07C7" w:rsidRDefault="002F68E8" w:rsidP="00410F65">
+    <w:p w14:paraId="10DE111C" w14:textId="77777777" w:rsidR="002F68E8" w:rsidRPr="00FB07C7" w:rsidRDefault="002F68E8" w:rsidP="00410F65">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0026551D" w:rsidRDefault="008F5FD2" w:rsidP="00410F65">
+    <w:p w14:paraId="10DE111D" w14:textId="77777777" w:rsidR="0026551D" w:rsidRDefault="008F5FD2" w:rsidP="00410F65">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="10DE1264" wp14:editId="10DE1265">
             <wp:extent cx="3038475" cy="723900"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:docPr id="4" name="Picture 4" descr="20mm_colour_landscape_travel_medicine"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="20mm_colour_landscape_travel_medicine"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print"/>
+                    <a:blip r:embed="rId9" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3038475" cy="723900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB07C7" w:rsidRDefault="00FB07C7" w:rsidP="00410F65">
+    <w:p w14:paraId="10DE111E" w14:textId="77777777" w:rsidR="00FB07C7" w:rsidRDefault="00FB07C7" w:rsidP="00410F65">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003F5DBD" w:rsidRPr="003F5DBD" w:rsidRDefault="003F5DBD" w:rsidP="003F5DBD">
+    <w:p w14:paraId="10DE111F" w14:textId="77777777" w:rsidR="003F5DBD" w:rsidRPr="003F5DBD" w:rsidRDefault="003F5DBD" w:rsidP="003F5DBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Po</w:t>
       </w:r>
       <w:r w:rsidR="008E7F2D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>stgraduate</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> D</w:t>
       </w:r>
       <w:r w:rsidR="008E7F2D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>iploma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Travel Medicine</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D4811" w:rsidRDefault="004D4811" w:rsidP="00410F65">
+    <w:p w14:paraId="10DE1120" w14:textId="77777777" w:rsidR="004D4811" w:rsidRDefault="004D4811" w:rsidP="00410F65">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003F5DBD" w:rsidRDefault="00410F65" w:rsidP="00410F65">
+    <w:p w14:paraId="10DE1121" w14:textId="77777777" w:rsidR="003F5DBD" w:rsidRDefault="00410F65" w:rsidP="00410F65">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00410F65">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>APPLICATION FORM</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D4811" w:rsidRDefault="004D4811" w:rsidP="004D4811">
+    <w:p w14:paraId="10DE1122" w14:textId="77777777" w:rsidR="004D4811" w:rsidRDefault="004D4811" w:rsidP="004D4811">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Tahoma"/>
           <w:b/>
           <w:color w:val="808080"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D4811">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Tahoma"/>
           <w:b/>
           <w:color w:val="808080"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>To be completed by the APPLICANT</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00663700">
+    <w:p w14:paraId="10DE1123" w14:textId="77777777" w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00663700">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00663700">
+    <w:p w14:paraId="10DE1124" w14:textId="75B14C6B" w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00663700">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Please complete all sections of this form. In</w:t>
       </w:r>
       <w:r w:rsidR="006F5013">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">omplete or unsigned forms cannot be processed and will be returned. If you require further information, please email </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="006F5013" w:rsidRPr="006F5013">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>PGDipTravelmed@rcpsg.ac.uk</w:t>
         </w:r>
         <w:r w:rsidRPr="006F5013">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">or phone </w:t>
-[...42 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00663700">
+    <w:p w14:paraId="10DE1125" w14:textId="77777777" w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00663700">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Please return your completed form to: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="006F5013" w:rsidRPr="006F5013">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve">PGDipTravelmed@rcpsg.ac.uk </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00E5175C" w:rsidRDefault="00E5175C" w:rsidP="00905DE0">
+    <w:p w14:paraId="10DE1126" w14:textId="77777777" w:rsidR="00E5175C" w:rsidRDefault="00E5175C" w:rsidP="00905DE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
           <w:b/>
           <w:color w:val="808080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="32566E"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9923"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E5175C" w:rsidRPr="008529D6" w:rsidTr="00E5175C">
+      <w:tr w:rsidR="00E5175C" w:rsidRPr="008529D6" w14:paraId="10DE1128" w14:textId="77777777" w:rsidTr="00E5175C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="32566E"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E5175C" w:rsidRPr="00D345F0" w:rsidRDefault="00E5175C" w:rsidP="00E5175C">
+          <w:p w14:paraId="10DE1127" w14:textId="77777777" w:rsidR="00E5175C" w:rsidRPr="00D345F0" w:rsidRDefault="00E5175C" w:rsidP="00E5175C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>SECTION 1</w:t>
             </w:r>
             <w:r w:rsidRPr="00D345F0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
@@ -421,61 +376,60 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>APPLICATION DETAILS</w:t>
             </w:r>
             <w:r w:rsidR="004D4811">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00490EBB" w:rsidRPr="008529D6" w:rsidTr="00490EBB">
+      <w:tr w:rsidR="00490EBB" w:rsidRPr="008529D6" w14:paraId="10DE112A" w14:textId="77777777" w:rsidTr="00490EBB">
         <w:trPr>
           <w:trHeight w:val="815"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00490EBB" w:rsidRPr="00490EBB" w:rsidRDefault="00C13920" w:rsidP="006D42F2">
+          <w:p w14:paraId="10DE1129" w14:textId="77777777" w:rsidR="00490EBB" w:rsidRPr="00490EBB" w:rsidRDefault="00C13920" w:rsidP="006D42F2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Please </w:t>
             </w:r>
             <w:r w:rsidR="00D808E6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -495,1015 +449,404 @@
               <w:t>time online distance learning Po</w:t>
             </w:r>
             <w:r w:rsidR="006D42F2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>stgraduate Diploma</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> in Travel Medicine course.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00490EBB" w:rsidRPr="008529D6" w:rsidTr="00E5175C">
+      <w:tr w:rsidR="00490EBB" w:rsidRPr="008529D6" w14:paraId="10DE112C" w14:textId="77777777" w:rsidTr="00E5175C">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00490EBB" w:rsidRPr="00490EBB" w:rsidRDefault="00490EBB" w:rsidP="00490EBB">
-[...29 lines deleted...]
-              <w:t>No</w:t>
+          <w:p w14:paraId="10DE112B" w14:textId="5CE359F4" w:rsidR="00490EBB" w:rsidRPr="00490EBB" w:rsidRDefault="00490EBB" w:rsidP="00490EBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Ref No</w:t>
             </w:r>
             <w:r w:rsidRPr="00E5175C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...11 lines deleted...]
-              <w:t>Official use only)</w:t>
+              <w:t>(Official use only)</w:t>
             </w:r>
             <w:r w:rsidRPr="00E52B02">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">:      </w:t>
-            </w:r>
-[...121 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00490EBB" w:rsidRPr="008529D6" w:rsidTr="00E5175C">
+      <w:tr w:rsidR="00490EBB" w:rsidRPr="008529D6" w14:paraId="10DE112E" w14:textId="77777777" w:rsidTr="00E5175C">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00490EBB" w:rsidRPr="00E52B02" w:rsidRDefault="00490EBB" w:rsidP="00E5175C">
+          <w:p w14:paraId="10DE112D" w14:textId="63A6484C" w:rsidR="00490EBB" w:rsidRPr="00E52B02" w:rsidRDefault="00490EBB" w:rsidP="00E5175C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Where did you hear about this course?  </w:t>
-            </w:r>
-[...111 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E5175C" w:rsidRPr="00450AA8" w:rsidRDefault="00E5175C" w:rsidP="00905DE0">
+    <w:p w14:paraId="10DE112F" w14:textId="77777777" w:rsidR="00E5175C" w:rsidRPr="00450AA8" w:rsidRDefault="00E5175C" w:rsidP="00905DE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="32566E"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4536"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="3827"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00905DE0" w:rsidRPr="008529D6" w:rsidTr="00155333">
+      <w:tr w:rsidR="00905DE0" w:rsidRPr="008529D6" w14:paraId="10DE1131" w14:textId="77777777" w:rsidTr="00155333">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="32566E"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00905DE0" w:rsidRPr="00D345F0" w:rsidRDefault="00E5175C" w:rsidP="00C71BD9">
+          <w:p w14:paraId="10DE1130" w14:textId="77777777" w:rsidR="00905DE0" w:rsidRPr="00D345F0" w:rsidRDefault="00E5175C" w:rsidP="00C71BD9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>SECTION 2</w:t>
             </w:r>
             <w:r w:rsidR="00905DE0" w:rsidRPr="00D345F0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">    PERSONAL DETAILS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00905DE0" w:rsidRPr="008529D6" w:rsidTr="00E5175C">
+      <w:tr w:rsidR="00905DE0" w:rsidRPr="008529D6" w14:paraId="10DE1134" w14:textId="77777777" w:rsidTr="00E5175C">
         <w:trPr>
           <w:trHeight w:val="342"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00905DE0" w:rsidRPr="00E52B02" w:rsidRDefault="00905DE0" w:rsidP="00C71BD9">
+          <w:p w14:paraId="10DE1132" w14:textId="18FED630" w:rsidR="00905DE0" w:rsidRPr="00E52B02" w:rsidRDefault="00905DE0" w:rsidP="00C71BD9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E52B02">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Title:     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="Text1"/>
-[...113 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00905DE0" w:rsidRPr="00E52B02" w:rsidRDefault="00905DE0" w:rsidP="00C71BD9">
+          <w:p w14:paraId="10DE1133" w14:textId="77777777" w:rsidR="00905DE0" w:rsidRPr="00E52B02" w:rsidRDefault="00905DE0" w:rsidP="00C71BD9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00905DE0" w:rsidRPr="008529D6" w:rsidTr="00155333">
+      <w:tr w:rsidR="00905DE0" w:rsidRPr="008529D6" w14:paraId="10DE1136" w14:textId="77777777" w:rsidTr="00155333">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00905DE0" w:rsidRPr="00E52B02" w:rsidRDefault="00905DE0" w:rsidP="00561C6E">
+          <w:p w14:paraId="10DE1135" w14:textId="036B9C2C" w:rsidR="00905DE0" w:rsidRPr="00E52B02" w:rsidRDefault="00905DE0" w:rsidP="00561C6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E52B02">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
             <w:r w:rsidR="00561C6E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>amily Name</w:t>
             </w:r>
             <w:r w:rsidRPr="00E52B02">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Text3"/>
-[...113 lines deleted...]
-            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E5175C" w:rsidRPr="008529D6" w:rsidTr="00E5175C">
+      <w:tr w:rsidR="00E5175C" w:rsidRPr="008529D6" w14:paraId="10DE1138" w14:textId="77777777" w:rsidTr="00E5175C">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E5175C" w:rsidRPr="00E52B02" w:rsidRDefault="00E5175C" w:rsidP="00C71BD9">
+          <w:p w14:paraId="10DE1137" w14:textId="52530851" w:rsidR="00E5175C" w:rsidRPr="00E52B02" w:rsidRDefault="00E5175C" w:rsidP="00C71BD9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Forename(s):  </w:t>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="Text4"/>
-[...113 lines deleted...]
-            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F5DBD" w:rsidRPr="008529D6" w:rsidTr="00161771">
+      <w:tr w:rsidR="003F5DBD" w:rsidRPr="008529D6" w14:paraId="10DE1148" w14:textId="77777777" w:rsidTr="00161771">
         <w:trPr>
           <w:trHeight w:val="2676"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA6E47" w:rsidRPr="005B283B" w:rsidRDefault="00FA6E47" w:rsidP="00FA6E47">
+          <w:p w14:paraId="10DE1139" w14:textId="77777777" w:rsidR="00FA6E47" w:rsidRPr="005B283B" w:rsidRDefault="00FA6E47" w:rsidP="00FA6E47">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B283B">
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SPECIAL REQUIREMENTS</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FA6E47" w:rsidRPr="00FA6E47" w:rsidRDefault="00FA6E47" w:rsidP="00FA6E47">
+          <w:p w14:paraId="10DE113A" w14:textId="77777777" w:rsidR="00FA6E47" w:rsidRPr="00FA6E47" w:rsidRDefault="00FA6E47" w:rsidP="00FA6E47">
             <w:pPr>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA6E47">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>It is the</w:t>
             </w:r>
             <w:r w:rsidR="00E65DF5">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> responsibility of the applicant</w:t>
@@ -1577,64 +920,64 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> when</w:t>
             </w:r>
             <w:r w:rsidR="00E65DF5">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> submit this</w:t>
             </w:r>
             <w:r w:rsidRPr="00FA6E47">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> application.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00551B0B" w:rsidRDefault="00551B0B" w:rsidP="004C66B4">
+          <w:p w14:paraId="10DE113B" w14:textId="77777777" w:rsidR="00551B0B" w:rsidRDefault="00551B0B" w:rsidP="004C66B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003F5DBD" w:rsidRDefault="00FA6E47" w:rsidP="004C66B4">
+          <w:p w14:paraId="10DE113C" w14:textId="77777777" w:rsidR="003F5DBD" w:rsidRDefault="00FA6E47" w:rsidP="004C66B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B283B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Do you require </w:t>
             </w:r>
             <w:r w:rsidR="005B283B" w:rsidRPr="005B283B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
@@ -1658,58 +1001,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="005B283B" w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
-[...6 lines deleted...]
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidR="005B283B" w:rsidRPr="00D25F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="005B283B" w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="005B283B" w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="005B283B" w:rsidRPr="008529D6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -1737,171 +1080,170 @@
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="005B283B" w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
-[...6 lines deleted...]
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidR="005B283B" w:rsidRPr="00D25F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="005B283B" w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="005B283B" w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="005B283B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r w:rsidR="005B283B" w:rsidRPr="008529D6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">        </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="004C66B4">
+          <w:p w14:paraId="10DE113D" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="004C66B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="004C66B4">
+          <w:p w14:paraId="10DE113E" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="004C66B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="004C66B4">
+          <w:p w14:paraId="10DE113F" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="004C66B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="004C66B4">
+          <w:p w14:paraId="10DE1140" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="004C66B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00161771" w:rsidRPr="00161771" w:rsidRDefault="00161771" w:rsidP="004C66B4">
+          <w:p w14:paraId="10DE1141" w14:textId="77777777" w:rsidR="00161771" w:rsidRPr="00161771" w:rsidRDefault="00161771" w:rsidP="004C66B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E111F9" w:rsidRDefault="00E111F9" w:rsidP="00E111F9">
+          <w:p w14:paraId="10DE1142" w14:textId="77777777" w:rsidR="00E111F9" w:rsidRDefault="00E111F9" w:rsidP="00E111F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B283B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">If yes, </w:t>
             </w:r>
             <w:r w:rsidR="00653956">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -1923,115 +1265,115 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>requesting educational adjustments must be supported by</w:t>
             </w:r>
             <w:r w:rsidRPr="00FA6E47">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> evidence</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00653956" w:rsidRDefault="00653956" w:rsidP="00E111F9">
+          <w:p w14:paraId="10DE1143" w14:textId="77777777" w:rsidR="00653956" w:rsidRDefault="00653956" w:rsidP="00E111F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00653956" w:rsidRDefault="00653956" w:rsidP="00E111F9">
+          <w:p w14:paraId="10DE1144" w14:textId="77777777" w:rsidR="00653956" w:rsidRDefault="00653956" w:rsidP="00E111F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Do you currently have an Educational Support Plan or Assessment Report from an educational psychologist?       </w:t>
             </w:r>
             <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
-[...6 lines deleted...]
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidRPr="00D25F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008529D6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -2059,117 +1401,117 @@
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
-[...6 lines deleted...]
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidRPr="00D25F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r w:rsidRPr="008529D6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00653956" w:rsidRDefault="00653956" w:rsidP="00E111F9">
-[...11 lines deleted...]
-          <w:p w:rsidR="00653956" w:rsidRPr="00663700" w:rsidRDefault="00E111F9" w:rsidP="00E111F9">
+          <w:p w14:paraId="10DE1145" w14:textId="77777777" w:rsidR="00653956" w:rsidRDefault="00653956" w:rsidP="00E111F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10DE1146" w14:textId="77777777" w:rsidR="00653956" w:rsidRPr="00663700" w:rsidRDefault="00E111F9" w:rsidP="00E111F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00663700">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">You will be required to provide </w:t>
             </w:r>
             <w:r w:rsidR="00653956" w:rsidRPr="00663700">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
@@ -2182,51 +1524,51 @@
               <w:t>the</w:t>
             </w:r>
             <w:r w:rsidRPr="00663700">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> relevant information and documents </w:t>
             </w:r>
             <w:r w:rsidR="00653956" w:rsidRPr="00663700">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">to support any educational adjustments required. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F5DBD" w:rsidRPr="00663700" w:rsidRDefault="008E3A99" w:rsidP="00663700">
+          <w:p w14:paraId="10DE1147" w14:textId="77777777" w:rsidR="003F5DBD" w:rsidRPr="00663700" w:rsidRDefault="008E3A99" w:rsidP="00663700">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>e.g. A</w:t>
             </w:r>
             <w:r w:rsidR="00E111F9" w:rsidRPr="00663700">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:i/>
@@ -2248,66 +1590,65 @@
               <w:t>Dyslexia Assessment Report</w:t>
             </w:r>
             <w:r w:rsidR="00E111F9" w:rsidRPr="00663700">
               <w:rPr>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">.  </w:t>
             </w:r>
             <w:r w:rsidR="00186A8F" w:rsidRPr="008529D6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">             </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C13920" w:rsidRPr="008529D6" w:rsidTr="00E00CAE">
+      <w:tr w:rsidR="00C13920" w:rsidRPr="008529D6" w14:paraId="10DE1153" w14:textId="77777777" w:rsidTr="00E00CAE">
         <w:trPr>
           <w:trHeight w:val="695"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005B283B" w:rsidRDefault="005B283B" w:rsidP="00186A8F">
+          <w:p w14:paraId="10DE1149" w14:textId="77777777" w:rsidR="005B283B" w:rsidRDefault="005B283B" w:rsidP="00186A8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004921EA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Do you consider</w:t>
             </w:r>
             <w:r w:rsidR="00C13920" w:rsidRPr="004921EA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -2335,95 +1676,95 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> your first language</w:t>
             </w:r>
             <w:r w:rsidR="0078598D" w:rsidRPr="004921EA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
             <w:r w:rsidR="00C13920" w:rsidRPr="004921EA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C13920" w:rsidRDefault="00186A8F" w:rsidP="00186A8F">
+          <w:p w14:paraId="10DE114A" w14:textId="77777777" w:rsidR="00C13920" w:rsidRDefault="00186A8F" w:rsidP="00186A8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
-[...6 lines deleted...]
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidRPr="00D25F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008529D6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -2451,119 +1792,118 @@
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
-[...6 lines deleted...]
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidRPr="00D25F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r w:rsidRPr="008529D6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">                           </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E00CAE" w:rsidRDefault="00E00CAE" w:rsidP="00186A8F">
+          <w:p w14:paraId="10DE114B" w14:textId="77777777" w:rsidR="00E00CAE" w:rsidRDefault="00E00CAE" w:rsidP="00186A8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="004C66B4" w:rsidRDefault="00186A8F" w:rsidP="00186A8F">
+          <w:p w14:paraId="10DE114C" w14:textId="77777777" w:rsidR="004C66B4" w:rsidRDefault="00186A8F" w:rsidP="00186A8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004921EA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>If no, do you have a</w:t>
             </w:r>
             <w:r w:rsidR="00BC7D2B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -2594,58 +1934,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="004C66B4" w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
-[...6 lines deleted...]
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidR="004C66B4" w:rsidRPr="00D25F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="004C66B4" w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="004C66B4" w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="004C66B4" w:rsidRPr="008529D6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -2673,161 +2013,161 @@
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="004C66B4" w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
-[...6 lines deleted...]
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidR="004C66B4" w:rsidRPr="00D25F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="004C66B4" w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="004C66B4" w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="004C66B4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r w:rsidR="004C66B4" w:rsidRPr="008529D6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00186A8F">
-[...11 lines deleted...]
-          <w:p w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00186A8F">
+          <w:p w14:paraId="10DE114D" w14:textId="77777777" w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00186A8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10DE114E" w14:textId="77777777" w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00186A8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Do you currently hold an academic qualification from previously studying an English taught course? </w:t>
             </w:r>
             <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
-[...6 lines deleted...]
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidRPr="00D25F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008529D6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -2855,184 +2195,183 @@
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
-[...6 lines deleted...]
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidRPr="00D25F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C13920" w:rsidRDefault="004C66B4" w:rsidP="00186A8F">
+          <w:p w14:paraId="10DE114F" w14:textId="77777777" w:rsidR="00C13920" w:rsidRDefault="004C66B4" w:rsidP="00186A8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008529D6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">                          </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00186A8F">
+          <w:p w14:paraId="10DE1150" w14:textId="77777777" w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00186A8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>If yes, please state the qualification obtained and institute attended:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00186A8F">
-[...11 lines deleted...]
-          <w:p w:rsidR="00663700" w:rsidRPr="00663700" w:rsidRDefault="00663700" w:rsidP="00186A8F">
+          <w:p w14:paraId="10DE1151" w14:textId="77777777" w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00186A8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10DE1152" w14:textId="77777777" w:rsidR="00663700" w:rsidRPr="00663700" w:rsidRDefault="00663700" w:rsidP="00186A8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00663700">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>You must provide a copy of your certificate along with your application.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000863F2" w:rsidRPr="008529D6" w:rsidTr="0037513C">
+      <w:tr w:rsidR="000863F2" w:rsidRPr="008529D6" w14:paraId="10DE115A" w14:textId="77777777" w:rsidTr="0037513C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000863F2" w:rsidRPr="00C13920" w:rsidRDefault="004C66B4" w:rsidP="00663700">
+          <w:p w14:paraId="10DE1154" w14:textId="77777777" w:rsidR="000863F2" w:rsidRPr="00C13920" w:rsidRDefault="004C66B4" w:rsidP="00663700">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004921EA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Please state which of the following</w:t>
             </w:r>
             <w:r w:rsidR="00BC7D2B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
@@ -3059,121 +2398,120 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>you hold</w:t>
             </w:r>
             <w:r w:rsidRPr="004921EA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E00CAE" w:rsidRDefault="00E00CAE" w:rsidP="004C66B4">
+          <w:p w14:paraId="10DE1155" w14:textId="77777777" w:rsidR="00E00CAE" w:rsidRDefault="00E00CAE" w:rsidP="004C66B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000863F2" w:rsidRPr="004921EA" w:rsidRDefault="004C66B4" w:rsidP="004C66B4">
+          <w:p w14:paraId="10DE1156" w14:textId="77777777" w:rsidR="000863F2" w:rsidRPr="004921EA" w:rsidRDefault="004C66B4" w:rsidP="004C66B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004921EA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">TEFL  </w:t>
             </w:r>
             <w:r w:rsidRPr="004921EA">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004921EA">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
-[...6 lines deleted...]
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidRPr="004921EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004921EA">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004921EA">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="004921EA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
@@ -3201,58 +2539,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004921EA">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
-[...6 lines deleted...]
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidRPr="004921EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004921EA">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004921EA">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="004921EA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -3280,58 +2618,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004921EA">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
-[...6 lines deleted...]
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidRPr="004921EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004921EA">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004921EA">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="004921EA">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E00CAE" w:rsidRPr="004921EA">
               <w:rPr>
@@ -3355,117 +2693,117 @@
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004921EA">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
-[...6 lines deleted...]
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidRPr="004921EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004921EA">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004921EA">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="004921EA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00E00CAE" w:rsidRPr="004921EA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="004921EA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>If other, please specify</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E00CAE" w:rsidRPr="004921EA" w:rsidRDefault="00E00CAE" w:rsidP="004C66B4">
-[...11 lines deleted...]
-          <w:p w:rsidR="004C66B4" w:rsidRPr="00663700" w:rsidRDefault="004D31DD" w:rsidP="004C66B4">
+          <w:p w14:paraId="10DE1157" w14:textId="77777777" w:rsidR="00E00CAE" w:rsidRPr="004921EA" w:rsidRDefault="00E00CAE" w:rsidP="004C66B4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10DE1158" w14:textId="77777777" w:rsidR="004C66B4" w:rsidRPr="00663700" w:rsidRDefault="004D31DD" w:rsidP="004C66B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00663700">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">You </w:t>
             </w:r>
             <w:r w:rsidR="00BC7D2B" w:rsidRPr="00663700">
@@ -3519,81 +2857,80 @@
             <w:r w:rsidR="00BC7D2B" w:rsidRPr="00663700">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> certificate along with your application</w:t>
             </w:r>
             <w:r w:rsidRPr="00663700">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C66B4" w:rsidRDefault="004C66B4" w:rsidP="004C66B4">
+          <w:p w14:paraId="10DE1159" w14:textId="77777777" w:rsidR="004C66B4" w:rsidRDefault="004C66B4" w:rsidP="004C66B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B170E8" w:rsidRPr="008529D6" w:rsidTr="0067708D">
+      <w:tr w:rsidR="00B170E8" w:rsidRPr="008529D6" w14:paraId="10DE115C" w14:textId="77777777" w:rsidTr="0067708D">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B170E8" w:rsidRDefault="00B170E8" w:rsidP="004C66B4">
+          <w:p w14:paraId="10DE115B" w14:textId="679E6700" w:rsidR="00B170E8" w:rsidRDefault="00B170E8" w:rsidP="004C66B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Do you wish to attend the</w:t>
             </w:r>
             <w:r w:rsidR="00837EBA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
@@ -3611,1831 +2948,966 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> in-person or online? </w:t>
             </w:r>
             <w:r w:rsidR="00837EBA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>There will be two residential weeks in total.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:br/>
             </w:r>
+            <w:r w:rsidR="00967D17">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00D25F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check2"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00D25F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00D25F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D25F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00D25F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003B43C7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Both o</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>nline</w:t>
+            </w:r>
+            <w:r w:rsidR="003B43C7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003B43C7" w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
+            <w:r w:rsidR="003B43C7" w:rsidRPr="00D25F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidR="003B43C7" w:rsidRPr="00D25F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="003B43C7" w:rsidRPr="00D25F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="003B43C7" w:rsidRPr="00D25F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="003B43C7" w:rsidRPr="008529D6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003B43C7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00620DFB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>October</w:t>
+            </w:r>
+            <w:r w:rsidR="003B43C7" w:rsidRPr="003B43C7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Residential In-Pers</w:t>
+            </w:r>
+            <w:r w:rsidR="00620DFB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E00CAE" w:rsidRPr="008529D6" w14:paraId="10DE115F" w14:textId="77777777" w:rsidTr="00E00CAE">
+        <w:trPr>
+          <w:trHeight w:val="652"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10DE115D" w14:textId="77777777" w:rsidR="00E111F9" w:rsidRDefault="00E00CAE" w:rsidP="00E111F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004921EA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please confirm </w:t>
+            </w:r>
+            <w:r w:rsidR="00E111F9" w:rsidRPr="004921EA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>that</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004921EA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> you have suitable information technology (IT) and the relevant IT skill to complete this course?  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10DE115E" w14:textId="77777777" w:rsidR="00E00CAE" w:rsidRDefault="00E00CAE" w:rsidP="00E111F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00D25F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
-[...6 lines deleted...]
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidRPr="00D25F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008529D6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="003B43C7">
-[...48 lines deleted...]
-              <w:t xml:space="preserve">Glasgow)  </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="008529D6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
-[...13 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="end"/>
-[...291 lines deleted...]
-            </w:pPr>
+            </w:r>
             <w:r w:rsidRPr="00D25F04">
-              <w:rPr>
-[...110 lines deleted...]
-            <w:r w:rsidR="003B43C7">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r w:rsidRPr="008529D6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">                           </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00905DE0" w:rsidRDefault="00905DE0" w:rsidP="00905DE0">
+    <w:p w14:paraId="10DE1160" w14:textId="77777777" w:rsidR="00905DE0" w:rsidRDefault="00905DE0" w:rsidP="00905DE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="87A1C6"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="87A1C6"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="87A1C6"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9923"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0027580C" w:rsidRPr="008529D6" w:rsidTr="0027580C">
+      <w:tr w:rsidR="0027580C" w:rsidRPr="008529D6" w14:paraId="10DE1162" w14:textId="77777777" w:rsidTr="0027580C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="87A1C6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="32566E"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0027580C" w:rsidRPr="00AE6F59" w:rsidRDefault="00E5175C" w:rsidP="0027580C">
+          <w:p w14:paraId="10DE1161" w14:textId="77777777" w:rsidR="0027580C" w:rsidRPr="00AE6F59" w:rsidRDefault="00E5175C" w:rsidP="0027580C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>SECTION 3</w:t>
             </w:r>
             <w:r w:rsidR="0027580C" w:rsidRPr="00AE6F59">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">    CONTACT DETAILS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC4443" w:rsidRPr="008529D6" w:rsidTr="000E5C2F">
+      <w:tr w:rsidR="00FC4443" w:rsidRPr="008529D6" w14:paraId="10DE1164" w14:textId="77777777" w:rsidTr="000E5C2F">
         <w:trPr>
           <w:trHeight w:val="212"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="87A1C6"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="87A1C6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC4443" w:rsidRPr="00FE2D95" w:rsidRDefault="00FC4443" w:rsidP="0027580C">
+          <w:p w14:paraId="10DE1163" w14:textId="77777777" w:rsidR="00FC4443" w:rsidRPr="00FE2D95" w:rsidRDefault="00FC4443" w:rsidP="0027580C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2D95">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">HOME </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC4443" w:rsidRPr="008529D6" w:rsidTr="006509D2">
+      <w:tr w:rsidR="00FC4443" w:rsidRPr="008529D6" w14:paraId="10DE1166" w14:textId="77777777" w:rsidTr="006509D2">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="87A1C6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC4443" w:rsidRPr="008529D6" w:rsidRDefault="00FC4443" w:rsidP="0027580C">
+          <w:p w14:paraId="10DE1165" w14:textId="24F49247" w:rsidR="00FC4443" w:rsidRPr="008529D6" w:rsidRDefault="00FC4443" w:rsidP="0027580C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Address: </w:t>
-            </w:r>
-[...111 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC4443" w:rsidRPr="008529D6" w:rsidTr="002924CC">
+      <w:tr w:rsidR="00FC4443" w:rsidRPr="008529D6" w14:paraId="10DE1168" w14:textId="77777777" w:rsidTr="002924CC">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC4443" w:rsidRPr="008529D6" w:rsidRDefault="00FC4443" w:rsidP="0027580C">
+          <w:p w14:paraId="10DE1167" w14:textId="77777777" w:rsidR="00FC4443" w:rsidRPr="008529D6" w:rsidRDefault="00FC4443" w:rsidP="0027580C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC4443" w:rsidRPr="008529D6" w:rsidTr="006F6453">
+      <w:tr w:rsidR="00FC4443" w:rsidRPr="008529D6" w14:paraId="10DE116A" w14:textId="77777777" w:rsidTr="006F6453">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC4443" w:rsidRPr="008529D6" w:rsidRDefault="00FC4443" w:rsidP="0027580C">
+          <w:p w14:paraId="10DE1169" w14:textId="559C79B2" w:rsidR="00FC4443" w:rsidRPr="008529D6" w:rsidRDefault="00FC4443" w:rsidP="0027580C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Postcode/zip</w:t>
             </w:r>
             <w:r w:rsidRPr="008529D6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="Text8"/>
-[...113 lines deleted...]
-            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC4443" w:rsidRPr="008529D6" w:rsidTr="00D94B8F">
+      <w:tr w:rsidR="00FC4443" w:rsidRPr="008529D6" w14:paraId="10DE116C" w14:textId="77777777" w:rsidTr="00D94B8F">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC4443" w:rsidRPr="008529D6" w:rsidRDefault="00FC4443" w:rsidP="0027580C">
+          <w:p w14:paraId="10DE116B" w14:textId="6EF57B93" w:rsidR="00FC4443" w:rsidRPr="008529D6" w:rsidRDefault="00FC4443" w:rsidP="0027580C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Country</w:t>
             </w:r>
             <w:r w:rsidRPr="008529D6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Text9"/>
-[...113 lines deleted...]
-            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC4443" w:rsidRPr="00361372" w:rsidTr="007B087C">
+      <w:tr w:rsidR="00FC4443" w:rsidRPr="00361372" w14:paraId="10DE116E" w14:textId="77777777" w:rsidTr="007B087C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC4443" w:rsidRPr="008A07A2" w:rsidRDefault="00FC4443" w:rsidP="0027580C">
+          <w:p w14:paraId="10DE116D" w14:textId="5A92B568" w:rsidR="00FC4443" w:rsidRPr="008A07A2" w:rsidRDefault="00FC4443" w:rsidP="0027580C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Telephone/Mobile</w:t>
             </w:r>
             <w:r w:rsidRPr="008A07A2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
-            </w:r>
-[...111 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC4443" w:rsidRPr="00361372" w:rsidTr="00A900D2">
+      <w:tr w:rsidR="00FC4443" w:rsidRPr="00361372" w14:paraId="10DE1170" w14:textId="77777777" w:rsidTr="00A900D2">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC4443" w:rsidRDefault="00FC4443" w:rsidP="0027580C">
+          <w:p w14:paraId="10DE116F" w14:textId="49462C20" w:rsidR="00FC4443" w:rsidRDefault="00FC4443" w:rsidP="0027580C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">E-mail: </w:t>
-            </w:r>
-[...111 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC4443" w:rsidRPr="00361372" w:rsidTr="004674A2">
+      <w:tr w:rsidR="00FC4443" w:rsidRPr="00361372" w14:paraId="10DE1172" w14:textId="77777777" w:rsidTr="004674A2">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC4443" w:rsidRDefault="00FC4443" w:rsidP="004D4811">
+          <w:p w14:paraId="10DE1171" w14:textId="24179D32" w:rsidR="00FC4443" w:rsidRDefault="00FC4443" w:rsidP="004D4811">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Fax:  </w:t>
-            </w:r>
-[...111 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC4443" w:rsidRPr="00361372" w:rsidTr="00B771C4">
+      <w:tr w:rsidR="00FC4443" w:rsidRPr="00361372" w14:paraId="10DE1175" w14:textId="77777777" w:rsidTr="00B771C4">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC4443" w:rsidRDefault="00FC4443" w:rsidP="0027580C">
+          <w:p w14:paraId="10DE1173" w14:textId="77777777" w:rsidR="00FC4443" w:rsidRDefault="00FC4443" w:rsidP="0027580C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Please confirm your preferred method of contact: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FC4443" w:rsidRDefault="00FC4443" w:rsidP="004D4811">
+          <w:p w14:paraId="10DE1174" w14:textId="77777777" w:rsidR="00FC4443" w:rsidRDefault="00FC4443" w:rsidP="004D4811">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">    Phone: </w:t>
             </w:r>
             <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
-[...6 lines deleted...]
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidRPr="00D25F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5451,58 +3923,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
-[...6 lines deleted...]
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidRPr="00D25F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5526,119 +3998,119 @@
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
-[...6 lines deleted...]
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidRPr="00D25F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D25F04">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EE792C" w:rsidRDefault="00EE792C" w:rsidP="00905DE0">
+    <w:p w14:paraId="10DE1176" w14:textId="77777777" w:rsidR="00EE792C" w:rsidRDefault="00EE792C" w:rsidP="00905DE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="87A1C6"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="87A1C6"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="87A1C6"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="32566E"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="2693"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E5175C" w:rsidRPr="00E52B02" w:rsidTr="00E5175C">
+      <w:tr w:rsidR="00E5175C" w:rsidRPr="00E52B02" w14:paraId="10DE1178" w14:textId="77777777" w:rsidTr="00E5175C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="32566E"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E5175C" w:rsidRDefault="00E5175C" w:rsidP="00D808E6">
+          <w:p w14:paraId="10DE1177" w14:textId="77777777" w:rsidR="00E5175C" w:rsidRDefault="00E5175C" w:rsidP="00D808E6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>SECTION 4</w:t>
             </w:r>
             <w:r w:rsidRPr="00D345F0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
@@ -5675,62 +4147,61 @@
             <w:r w:rsidR="00681483">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D808E6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>REGULATORY BODY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E5175C" w:rsidRPr="00E52B02" w:rsidTr="00E5175C">
+      <w:tr w:rsidR="00E5175C" w:rsidRPr="00E52B02" w14:paraId="10DE117B" w14:textId="77777777" w:rsidTr="00E5175C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E5175C" w:rsidRDefault="00E5175C" w:rsidP="00E111F9">
+          <w:p w14:paraId="10DE1179" w14:textId="77777777" w:rsidR="00E5175C" w:rsidRDefault="00E5175C" w:rsidP="00E111F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Please </w:t>
             </w:r>
             <w:r w:rsidR="00663700">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -5798,2729 +4269,1687 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> your current profession and </w:t>
             </w:r>
             <w:r w:rsidR="00D808E6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>name of your regulatory body</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">.  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00663700" w:rsidRPr="00663700" w:rsidRDefault="00663700" w:rsidP="00663700">
+          <w:p w14:paraId="10DE117A" w14:textId="77777777" w:rsidR="00663700" w:rsidRPr="00663700" w:rsidRDefault="00663700" w:rsidP="00663700">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00663700">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Please ensure you provide photocopies of your qualifications with your application form. Your application form cannot be processed without evidence of your qualifications</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E5175C" w:rsidRPr="00E52B02" w:rsidTr="006B7BF9">
+      <w:tr w:rsidR="00E5175C" w:rsidRPr="00E52B02" w14:paraId="10DE1180" w14:textId="77777777" w:rsidTr="006B7BF9">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E5175C" w:rsidRPr="00E5175C" w:rsidRDefault="00E5175C" w:rsidP="00E5175C">
+          <w:p w14:paraId="10DE117C" w14:textId="77777777" w:rsidR="00E5175C" w:rsidRPr="00E5175C" w:rsidRDefault="00E5175C" w:rsidP="00E5175C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5175C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Name of awarding institution/college</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E5175C" w:rsidRPr="00E5175C" w:rsidRDefault="00E5175C" w:rsidP="00E5175C">
+          <w:p w14:paraId="10DE117D" w14:textId="77777777" w:rsidR="00E5175C" w:rsidRPr="00E5175C" w:rsidRDefault="00E5175C" w:rsidP="00E5175C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5175C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Dates attended</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E5175C" w:rsidRPr="00E5175C" w:rsidRDefault="00E5175C" w:rsidP="00E5175C">
+          <w:p w14:paraId="10DE117E" w14:textId="77777777" w:rsidR="00E5175C" w:rsidRPr="00E5175C" w:rsidRDefault="00E5175C" w:rsidP="00E5175C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5175C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Degree/Diploma</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E5175C" w:rsidRPr="00E5175C" w:rsidRDefault="00E5175C" w:rsidP="00E5175C">
+          <w:p w14:paraId="10DE117F" w14:textId="77777777" w:rsidR="00E5175C" w:rsidRPr="00E5175C" w:rsidRDefault="00E5175C" w:rsidP="00E5175C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5175C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Main subjects</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E5175C" w:rsidRPr="00E52B02" w:rsidTr="00D339A0">
+      <w:tr w:rsidR="00E5175C" w:rsidRPr="00E52B02" w14:paraId="10DE1185" w14:textId="77777777" w:rsidTr="00D339A0">
         <w:trPr>
           <w:trHeight w:val="684"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E5175C" w:rsidRPr="00E52B02" w:rsidRDefault="00E5175C" w:rsidP="006B7BF9">
+          <w:p w14:paraId="10DE1181" w14:textId="77777777" w:rsidR="00E5175C" w:rsidRPr="00E52B02" w:rsidRDefault="00E5175C" w:rsidP="006B7BF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E5175C" w:rsidRPr="00E52B02" w:rsidRDefault="00E5175C" w:rsidP="006B7BF9">
+          <w:p w14:paraId="10DE1182" w14:textId="77777777" w:rsidR="00E5175C" w:rsidRPr="00E52B02" w:rsidRDefault="00E5175C" w:rsidP="006B7BF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E5175C" w:rsidRPr="00E52B02" w:rsidRDefault="00E5175C" w:rsidP="006B7BF9">
+          <w:p w14:paraId="10DE1183" w14:textId="77777777" w:rsidR="00E5175C" w:rsidRPr="00E52B02" w:rsidRDefault="00E5175C" w:rsidP="006B7BF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E5175C" w:rsidRPr="00E52B02" w:rsidRDefault="00E5175C" w:rsidP="006B7BF9">
+          <w:p w14:paraId="10DE1184" w14:textId="77777777" w:rsidR="00E5175C" w:rsidRPr="00E52B02" w:rsidRDefault="00E5175C" w:rsidP="006B7BF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663700" w:rsidRPr="00E52B02" w:rsidTr="00D339A0">
+      <w:tr w:rsidR="00663700" w:rsidRPr="00E52B02" w14:paraId="10DE118A" w14:textId="77777777" w:rsidTr="00D339A0">
         <w:trPr>
           <w:trHeight w:val="684"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663700" w:rsidRPr="00E52B02" w:rsidRDefault="00663700" w:rsidP="006B7BF9">
+          <w:p w14:paraId="10DE1186" w14:textId="77777777" w:rsidR="00663700" w:rsidRPr="00E52B02" w:rsidRDefault="00663700" w:rsidP="006B7BF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663700" w:rsidRPr="00E52B02" w:rsidRDefault="00663700" w:rsidP="006B7BF9">
+          <w:p w14:paraId="10DE1187" w14:textId="77777777" w:rsidR="00663700" w:rsidRPr="00E52B02" w:rsidRDefault="00663700" w:rsidP="006B7BF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663700" w:rsidRPr="00E52B02" w:rsidRDefault="00663700" w:rsidP="006B7BF9">
+          <w:p w14:paraId="10DE1188" w14:textId="77777777" w:rsidR="00663700" w:rsidRPr="00E52B02" w:rsidRDefault="00663700" w:rsidP="006B7BF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663700" w:rsidRPr="00E52B02" w:rsidRDefault="00663700" w:rsidP="006B7BF9">
+          <w:p w14:paraId="10DE1189" w14:textId="77777777" w:rsidR="00663700" w:rsidRPr="00E52B02" w:rsidRDefault="00663700" w:rsidP="006B7BF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663700" w:rsidRPr="00E52B02" w:rsidTr="00D339A0">
+      <w:tr w:rsidR="00663700" w:rsidRPr="00E52B02" w14:paraId="10DE118F" w14:textId="77777777" w:rsidTr="00D339A0">
         <w:trPr>
           <w:trHeight w:val="684"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663700" w:rsidRPr="00E52B02" w:rsidRDefault="00663700" w:rsidP="006B7BF9">
+          <w:p w14:paraId="10DE118B" w14:textId="77777777" w:rsidR="00663700" w:rsidRPr="00E52B02" w:rsidRDefault="00663700" w:rsidP="006B7BF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663700" w:rsidRPr="00E52B02" w:rsidRDefault="00663700" w:rsidP="006B7BF9">
+          <w:p w14:paraId="10DE118C" w14:textId="77777777" w:rsidR="00663700" w:rsidRPr="00E52B02" w:rsidRDefault="00663700" w:rsidP="006B7BF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663700" w:rsidRPr="00E52B02" w:rsidRDefault="00663700" w:rsidP="006B7BF9">
+          <w:p w14:paraId="10DE118D" w14:textId="77777777" w:rsidR="00663700" w:rsidRPr="00E52B02" w:rsidRDefault="00663700" w:rsidP="006B7BF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663700" w:rsidRPr="00E52B02" w:rsidRDefault="00663700" w:rsidP="006B7BF9">
+          <w:p w14:paraId="10DE118E" w14:textId="77777777" w:rsidR="00663700" w:rsidRPr="00E52B02" w:rsidRDefault="00663700" w:rsidP="006B7BF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004921EA" w:rsidRPr="00E52B02" w:rsidTr="00F439E0">
+      <w:tr w:rsidR="004921EA" w:rsidRPr="00E52B02" w14:paraId="10DE1192" w14:textId="77777777" w:rsidTr="00F439E0">
         <w:trPr>
           <w:trHeight w:val="684"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004921EA" w:rsidRPr="00E52B02" w:rsidRDefault="004921EA" w:rsidP="004921EA">
+          <w:p w14:paraId="10DE1190" w14:textId="029D6284" w:rsidR="004921EA" w:rsidRPr="00E52B02" w:rsidRDefault="004921EA" w:rsidP="004921EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Profession:  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
-                <w:color w:val="000000"/>
-[...111 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">                                         </w:t>
+              <w:t xml:space="preserve">                               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004921EA" w:rsidRPr="00E52B02" w:rsidRDefault="004921EA" w:rsidP="004921EA">
+          <w:p w14:paraId="10DE1191" w14:textId="6AD91D25" w:rsidR="004921EA" w:rsidRPr="00E52B02" w:rsidRDefault="004921EA" w:rsidP="004921EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E00CAE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Regulatory Body:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...111 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006B7BF9" w:rsidRDefault="006B7BF9" w:rsidP="00905DE0">
+    <w:p w14:paraId="10DE1193" w14:textId="77777777" w:rsidR="006B7BF9" w:rsidRDefault="006B7BF9" w:rsidP="00905DE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="32566E"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4536"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="3827"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006B7BF9" w:rsidRPr="00D345F0" w:rsidTr="006B7BF9">
+      <w:tr w:rsidR="006B7BF9" w:rsidRPr="00D345F0" w14:paraId="10DE1195" w14:textId="77777777" w:rsidTr="006B7BF9">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="32566E"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B7BF9" w:rsidRPr="00D345F0" w:rsidRDefault="006B7BF9" w:rsidP="006B7BF9">
+          <w:p w14:paraId="10DE1194" w14:textId="77777777" w:rsidR="006B7BF9" w:rsidRPr="00D345F0" w:rsidRDefault="006B7BF9" w:rsidP="006B7BF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>SECTION 5    CURRENT EMPLOYMENT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00663700" w:rsidRPr="00D345F0" w:rsidTr="00663700">
+      <w:tr w:rsidR="00663700" w:rsidRPr="00D345F0" w14:paraId="10DE1197" w14:textId="77777777" w:rsidTr="00663700">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00663700">
+          <w:p w14:paraId="10DE1196" w14:textId="77777777" w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00663700">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Please provide details of current </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B7BF9" w:rsidRPr="00E52B02" w:rsidTr="006B7BF9">
+      <w:tr w:rsidR="006B7BF9" w:rsidRPr="00E52B02" w14:paraId="10DE119A" w14:textId="77777777" w:rsidTr="006B7BF9">
         <w:trPr>
           <w:trHeight w:val="342"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B7BF9" w:rsidRPr="00E52B02" w:rsidRDefault="006B7BF9" w:rsidP="006B7BF9">
+          <w:p w14:paraId="10DE1198" w14:textId="26400151" w:rsidR="006B7BF9" w:rsidRPr="00E52B02" w:rsidRDefault="006B7BF9" w:rsidP="006B7BF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Job t</w:t>
             </w:r>
             <w:r w:rsidRPr="00E52B02">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">itle:     </w:t>
-            </w:r>
-[...111 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B7BF9" w:rsidRPr="00E52B02" w:rsidRDefault="006B7BF9" w:rsidP="006B7BF9">
+          <w:p w14:paraId="10DE1199" w14:textId="3D13DA02" w:rsidR="006B7BF9" w:rsidRPr="00E52B02" w:rsidRDefault="006B7BF9" w:rsidP="006B7BF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Date of commencement:</w:t>
             </w:r>
             <w:r w:rsidRPr="00E52B02">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
-            </w:r>
-[...121 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B7BF9" w:rsidRPr="00E52B02" w:rsidTr="006B7BF9">
+      <w:tr w:rsidR="006B7BF9" w:rsidRPr="00E52B02" w14:paraId="10DE119C" w14:textId="77777777" w:rsidTr="006B7BF9">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B7BF9" w:rsidRPr="00E52B02" w:rsidRDefault="006B7BF9" w:rsidP="006B7BF9">
+          <w:p w14:paraId="10DE119B" w14:textId="007F47FD" w:rsidR="006B7BF9" w:rsidRPr="00E52B02" w:rsidRDefault="006B7BF9" w:rsidP="006B7BF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Employer’s name</w:t>
             </w:r>
             <w:r w:rsidRPr="00E52B02">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
-            </w:r>
-[...111 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B7BF9" w:rsidRPr="00E52B02" w:rsidTr="006B7BF9">
+      <w:tr w:rsidR="006B7BF9" w:rsidRPr="00E52B02" w14:paraId="10DE119E" w14:textId="77777777" w:rsidTr="006B7BF9">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B7BF9" w:rsidRPr="00E52B02" w:rsidRDefault="006B7BF9" w:rsidP="006B7BF9">
+          <w:p w14:paraId="10DE119D" w14:textId="2DF953EF" w:rsidR="006B7BF9" w:rsidRPr="00E52B02" w:rsidRDefault="006B7BF9" w:rsidP="006B7BF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Employer’s address:  </w:t>
-            </w:r>
-[...111 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B7BF9" w:rsidRPr="00E52B02" w:rsidTr="006B7BF9">
+      <w:tr w:rsidR="006B7BF9" w:rsidRPr="00E52B02" w14:paraId="10DE11A1" w14:textId="77777777" w:rsidTr="006B7BF9">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B7BF9" w:rsidRPr="00E52B02" w:rsidRDefault="00D339A0" w:rsidP="006B7BF9">
+          <w:p w14:paraId="10DE119F" w14:textId="5115B2F1" w:rsidR="006B7BF9" w:rsidRPr="00E52B02" w:rsidRDefault="00D339A0" w:rsidP="006B7BF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
             <w:r w:rsidR="006B7BF9" w:rsidRPr="00E52B02">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="006B7BF9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
-            </w:r>
-[...111 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B7BF9" w:rsidRPr="00E52B02" w:rsidRDefault="006B7BF9" w:rsidP="006B7BF9">
+          <w:p w14:paraId="10DE11A0" w14:textId="7A45D560" w:rsidR="006B7BF9" w:rsidRPr="00E52B02" w:rsidRDefault="006B7BF9" w:rsidP="006B7BF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Telephone:  </w:t>
             </w:r>
-            <w:r w:rsidR="00064962">
-[...111 lines deleted...]
-            </w:r>
             <w:r w:rsidR="00FC4443">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">                Fax: </w:t>
-[...112 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
+              <w:t xml:space="preserve">              </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B7BF9" w:rsidTr="00D339A0">
+      <w:tr w:rsidR="006B7BF9" w14:paraId="10DE11D0" w14:textId="77777777" w:rsidTr="00D339A0">
         <w:trPr>
           <w:trHeight w:val="1044"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006B7BF9" w:rsidRDefault="006B7BF9" w:rsidP="006B7BF9">
+          <w:p w14:paraId="10DE11A2" w14:textId="77777777" w:rsidR="006B7BF9" w:rsidRDefault="006B7BF9" w:rsidP="006B7BF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Please provide a description of your main responsibilities (include any information relevant to travel medicine)</w:t>
             </w:r>
             <w:r w:rsidRPr="008529D6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
+          <w:p w14:paraId="10DE11A3" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="TableGrid"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="9697"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00161771" w:rsidTr="00161771">
+            <w:tr w:rsidR="00161771" w14:paraId="10DE11AE" w14:textId="77777777" w:rsidTr="00161771">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9697" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
+                <w:p w14:paraId="10DE11A4" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
+                <w:p w14:paraId="10DE11A5" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
+                <w:p w14:paraId="10DE11A6" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
+                <w:p w14:paraId="10DE11A7" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
+                <w:p w14:paraId="10DE11A8" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
+                <w:p w14:paraId="10DE11A9" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
+                <w:p w14:paraId="10DE11AA" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
+                <w:p w14:paraId="10DE11AB" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
+                <w:p w14:paraId="10DE11AC" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
+                <w:p w14:paraId="10DE11AD" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
-[...11 lines deleted...]
-          <w:p w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
+          <w:p w14:paraId="10DE11AF" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10DE11B0" w14:textId="77777777" w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Please provide a summary of previous employment</w:t>
             </w:r>
             <w:r w:rsidR="007F71FE">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007F71FE" w:rsidRDefault="007F71FE" w:rsidP="00F57AF9">
+          <w:p w14:paraId="10DE11B1" w14:textId="77777777" w:rsidR="007F71FE" w:rsidRDefault="007F71FE" w:rsidP="00F57AF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="TableGrid"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="2424"/>
               <w:gridCol w:w="2424"/>
               <w:gridCol w:w="2424"/>
               <w:gridCol w:w="2425"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00663700" w:rsidTr="007F71FE">
+            <w:tr w:rsidR="00663700" w14:paraId="10DE11B6" w14:textId="77777777" w:rsidTr="007F71FE">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2424" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
                 </w:tcPr>
-                <w:p w:rsidR="00663700" w:rsidRPr="007F71FE" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
+                <w:p w14:paraId="10DE11B2" w14:textId="77777777" w:rsidR="00663700" w:rsidRPr="007F71FE" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="007F71FE">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t>Job Title</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2424" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
                 </w:tcPr>
-                <w:p w:rsidR="00663700" w:rsidRPr="007F71FE" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
+                <w:p w14:paraId="10DE11B3" w14:textId="77777777" w:rsidR="00663700" w:rsidRPr="007F71FE" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="007F71FE">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t>Dates Employed</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2424" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
                 </w:tcPr>
-                <w:p w:rsidR="00663700" w:rsidRPr="007F71FE" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
+                <w:p w14:paraId="10DE11B4" w14:textId="77777777" w:rsidR="00663700" w:rsidRPr="007F71FE" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="007F71FE">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t>Name of Employer</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2425" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
                 </w:tcPr>
-                <w:p w:rsidR="00663700" w:rsidRPr="007F71FE" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
+                <w:p w14:paraId="10DE11B5" w14:textId="77777777" w:rsidR="00663700" w:rsidRPr="007F71FE" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="007F71FE">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t>Summary of Responsibilities</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00663700" w:rsidTr="00663700">
+            <w:tr w:rsidR="00663700" w14:paraId="10DE11BE" w14:textId="77777777" w:rsidTr="00663700">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2424" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
+                <w:p w14:paraId="10DE11B7" w14:textId="77777777" w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2424" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
+                <w:p w14:paraId="10DE11B8" w14:textId="77777777" w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2424" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
+                <w:p w14:paraId="10DE11B9" w14:textId="77777777" w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2425" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
+                <w:p w14:paraId="10DE11BA" w14:textId="77777777" w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
+                <w:p w14:paraId="10DE11BB" w14:textId="77777777" w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
+                <w:p w14:paraId="10DE11BC" w14:textId="77777777" w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
+                <w:p w14:paraId="10DE11BD" w14:textId="77777777" w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00663700" w:rsidTr="00663700">
+            <w:tr w:rsidR="00663700" w14:paraId="10DE11C6" w14:textId="77777777" w:rsidTr="00663700">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2424" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
+                <w:p w14:paraId="10DE11BF" w14:textId="77777777" w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2424" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
+                <w:p w14:paraId="10DE11C0" w14:textId="77777777" w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2424" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
+                <w:p w14:paraId="10DE11C1" w14:textId="77777777" w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2425" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
+                <w:p w14:paraId="10DE11C2" w14:textId="77777777" w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
+                <w:p w14:paraId="10DE11C3" w14:textId="77777777" w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
+                <w:p w14:paraId="10DE11C4" w14:textId="77777777" w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
+                <w:p w14:paraId="10DE11C5" w14:textId="77777777" w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00663700" w:rsidTr="00663700">
+            <w:tr w:rsidR="00663700" w14:paraId="10DE11CE" w14:textId="77777777" w:rsidTr="00663700">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2424" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
+                <w:p w14:paraId="10DE11C7" w14:textId="77777777" w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2424" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
+                <w:p w14:paraId="10DE11C8" w14:textId="77777777" w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2424" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
+                <w:p w14:paraId="10DE11C9" w14:textId="77777777" w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2425" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
+                <w:p w14:paraId="10DE11CA" w14:textId="77777777" w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
+                <w:p w14:paraId="10DE11CB" w14:textId="77777777" w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
+                <w:p w14:paraId="10DE11CC" w14:textId="77777777" w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
+                <w:p w14:paraId="10DE11CD" w14:textId="77777777" w:rsidR="00663700" w:rsidRDefault="00663700" w:rsidP="00F57AF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="006B7BF9" w:rsidRDefault="006B7BF9" w:rsidP="00F57AF9">
+          <w:p w14:paraId="10DE11CF" w14:textId="77777777" w:rsidR="006B7BF9" w:rsidRDefault="006B7BF9" w:rsidP="00F57AF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008529D6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006B7BF9" w:rsidRDefault="006B7BF9" w:rsidP="00905DE0">
+    <w:p w14:paraId="10DE11D1" w14:textId="77777777" w:rsidR="006B7BF9" w:rsidRDefault="006B7BF9" w:rsidP="00905DE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006B7BF9" w:rsidRDefault="006B7BF9" w:rsidP="00905DE0">
+    <w:p w14:paraId="10DE11D2" w14:textId="77777777" w:rsidR="006B7BF9" w:rsidRDefault="006B7BF9" w:rsidP="00905DE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="32566E"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9923"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006B7BF9" w:rsidRPr="00D345F0" w:rsidTr="006B7BF9">
+      <w:tr w:rsidR="006B7BF9" w:rsidRPr="00D345F0" w14:paraId="10DE11D4" w14:textId="77777777" w:rsidTr="006B7BF9">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="32566E"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B7BF9" w:rsidRPr="00D345F0" w:rsidRDefault="00D808E6" w:rsidP="006B7BF9">
+          <w:p w14:paraId="10DE11D3" w14:textId="77777777" w:rsidR="006B7BF9" w:rsidRPr="00D345F0" w:rsidRDefault="00D808E6" w:rsidP="006B7BF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>SECTION 6</w:t>
             </w:r>
             <w:r w:rsidR="006B7BF9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
@@ -8535,497 +5964,476 @@
             <w:r w:rsidR="00161771">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">PERSONAL STATEMENT AND </w:t>
             </w:r>
             <w:r w:rsidR="006B7BF9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>COURSE BENEFITS TO YOU</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B7BF9" w:rsidTr="00D339A0">
+      <w:tr w:rsidR="006B7BF9" w14:paraId="10DE11E7" w14:textId="77777777" w:rsidTr="00D339A0">
         <w:trPr>
           <w:trHeight w:val="1312"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006B7BF9" w:rsidRDefault="006B7BF9" w:rsidP="006B7BF9">
+          <w:p w14:paraId="10DE11D5" w14:textId="77777777" w:rsidR="006B7BF9" w:rsidRDefault="006B7BF9" w:rsidP="006B7BF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Please indicate</w:t>
             </w:r>
             <w:r w:rsidR="006D42F2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>, in no less than 300 words,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> why you want to undertake this course and how you think it may benefit you in the future:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
+          <w:p w14:paraId="10DE11D6" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="TableGrid"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="9697"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00161771" w:rsidTr="00161771">
+            <w:tr w:rsidR="00161771" w14:paraId="10DE11E4" w14:textId="77777777" w:rsidTr="00161771">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9697" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
+                <w:p w14:paraId="10DE11D7" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
+                <w:p w14:paraId="10DE11D8" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
+                <w:p w14:paraId="10DE11D9" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
+                <w:p w14:paraId="10DE11DA" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
+                <w:p w14:paraId="10DE11DB" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
+                <w:p w14:paraId="10DE11DC" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
+                <w:p w14:paraId="10DE11DD" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
+                <w:p w14:paraId="10DE11DE" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
+                <w:p w14:paraId="10DE11DF" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
+                <w:p w14:paraId="10DE11E0" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
+                <w:p w14:paraId="10DE11E1" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
+                <w:p w14:paraId="10DE11E2" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
+                <w:p w14:paraId="10DE11E3" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
-[...11 lines deleted...]
-          <w:p w:rsidR="006B7BF9" w:rsidRDefault="006B7BF9" w:rsidP="006B7BF9">
+          <w:p w14:paraId="10DE11E5" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="006B7BF9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10DE11E6" w14:textId="77777777" w:rsidR="006B7BF9" w:rsidRDefault="006B7BF9" w:rsidP="006B7BF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008529D6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">          </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006B7BF9" w:rsidRDefault="006B7BF9" w:rsidP="00905DE0">
+    <w:p w14:paraId="10DE11E8" w14:textId="77777777" w:rsidR="006B7BF9" w:rsidRDefault="006B7BF9" w:rsidP="00905DE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="00905DE0">
+    <w:p w14:paraId="10DE11E9" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="00905DE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="32566E"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9923"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006B7BF9" w:rsidRPr="00D345F0" w:rsidTr="006B7BF9">
+      <w:tr w:rsidR="006B7BF9" w:rsidRPr="00D345F0" w14:paraId="10DE11EB" w14:textId="77777777" w:rsidTr="006B7BF9">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="32566E"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B7BF9" w:rsidRPr="00D345F0" w:rsidRDefault="00D808E6" w:rsidP="006B7BF9">
+          <w:p w14:paraId="10DE11EA" w14:textId="77777777" w:rsidR="006B7BF9" w:rsidRPr="00D345F0" w:rsidRDefault="00D808E6" w:rsidP="006B7BF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>SECTION 7</w:t>
             </w:r>
             <w:r w:rsidR="006B7BF9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">    FINANCE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B7BF9" w:rsidTr="006B7BF9">
+      <w:tr w:rsidR="006B7BF9" w14:paraId="10DE11F3" w14:textId="77777777" w:rsidTr="006B7BF9">
         <w:trPr>
           <w:trHeight w:val="1216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006B7BF9" w:rsidRDefault="006B7BF9" w:rsidP="006B7BF9">
+          <w:p w14:paraId="10DE11EC" w14:textId="77777777" w:rsidR="006B7BF9" w:rsidRDefault="006B7BF9" w:rsidP="006B7BF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Please indicate how you intend to fund this course:</w:t>
             </w:r>
             <w:r w:rsidR="004921EA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">           </w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">   </w:t>
+              <w:t xml:space="preserve">              </w:t>
             </w:r>
             <w:r w:rsidR="004921EA" w:rsidRPr="00E65DF5">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="006B7BF9" w:rsidRDefault="004921EA" w:rsidP="006B7BF9">
+              <w:t>(Tick as appropriate)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10DE11ED" w14:textId="77777777" w:rsidR="006B7BF9" w:rsidRDefault="006B7BF9" w:rsidP="006B7BF9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10DE11EE" w14:textId="3D9F40E4" w:rsidR="006B7BF9" w:rsidRDefault="004921EA" w:rsidP="006B7BF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">          </w:t>
             </w:r>
             <w:r w:rsidR="00D808E6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -9052,60 +6460,60 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D808E6" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidR="00D808E6" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidR="00D808E6" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D808E6" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00D808E6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9141,60 +6549,60 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="006B7BF9" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidR="00064962" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidR="00064962" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00064962" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00D808E6">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -9230,265 +6638,152 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="006B7BF9" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidR="00064962" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidR="00064962" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00064962" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">          </w:t>
             </w:r>
             <w:r w:rsidR="006B7BF9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>If other, please specify:</w:t>
             </w:r>
             <w:r w:rsidR="00E65DF5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00E65DF5">
-[...125 lines deleted...]
-          <w:p w:rsidR="004921EA" w:rsidRDefault="00E65DF5" w:rsidP="00E65DF5">
+          </w:p>
+          <w:p w14:paraId="10DE11EF" w14:textId="77777777" w:rsidR="00E65DF5" w:rsidRDefault="00E65DF5" w:rsidP="006B7BF9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10DE11F0" w14:textId="77777777" w:rsidR="004921EA" w:rsidRDefault="00E65DF5" w:rsidP="00E65DF5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E65DF5">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>lease indicate below, your preferred method of p</w:t>
             </w:r>
             <w:r w:rsidRPr="00E65DF5">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ayment:      </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E65DF5" w:rsidRPr="004921EA" w:rsidRDefault="00E65DF5" w:rsidP="00E65DF5">
+          <w:p w14:paraId="10DE11F1" w14:textId="77777777" w:rsidR="00E65DF5" w:rsidRPr="004921EA" w:rsidRDefault="00E65DF5" w:rsidP="00E65DF5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E65DF5">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004921EA">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">          </w:t>
             </w:r>
             <w:r w:rsidR="00A33414">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9509,60 +6804,60 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="004921EA" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidR="004921EA" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidR="004921EA" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="004921EA" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E65DF5">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
@@ -9589,165 +6884,165 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="004921EA" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidR="004921EA" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidR="004921EA" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="004921EA" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="004921EA">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r w:rsidRPr="00E65DF5">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E65DF5" w:rsidRDefault="00E65DF5" w:rsidP="006B7BF9">
+          <w:p w14:paraId="10DE11F2" w14:textId="77777777" w:rsidR="00E65DF5" w:rsidRDefault="00E65DF5" w:rsidP="006B7BF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006B7BF9" w:rsidRDefault="006B7BF9" w:rsidP="00905DE0">
+    <w:p w14:paraId="10DE11F4" w14:textId="77777777" w:rsidR="006B7BF9" w:rsidRDefault="006B7BF9" w:rsidP="00905DE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="00905DE0">
+    <w:p w14:paraId="10DE11F5" w14:textId="77777777" w:rsidR="00161771" w:rsidRDefault="00161771" w:rsidP="00905DE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="87A1C6"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="87A1C6"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="87A1C6"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9923"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D339A0" w:rsidRPr="008529D6" w:rsidTr="00D339A0">
+      <w:tr w:rsidR="00D339A0" w:rsidRPr="008529D6" w14:paraId="10DE11F7" w14:textId="77777777" w:rsidTr="00D339A0">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="87A1C6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="32566E"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D339A0" w:rsidRPr="00AE6F59" w:rsidRDefault="00D808E6" w:rsidP="00B57CFB">
+          <w:p w14:paraId="10DE11F6" w14:textId="77777777" w:rsidR="00D339A0" w:rsidRPr="00AE6F59" w:rsidRDefault="00D808E6" w:rsidP="00B57CFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>SECTION 8</w:t>
             </w:r>
             <w:r w:rsidR="00D339A0" w:rsidRPr="00AE6F59">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
@@ -9795,65 +7090,65 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> REFEREE</w:t>
             </w:r>
             <w:r w:rsidR="007F71FE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D808E6" w:rsidRPr="008529D6" w:rsidTr="00364891">
+      <w:tr w:rsidR="00D808E6" w:rsidRPr="008529D6" w14:paraId="10DE11F9" w14:textId="77777777" w:rsidTr="00364891">
         <w:trPr>
           <w:trHeight w:val="212"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="87A1C6"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="87A1C6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D808E6" w:rsidRPr="00FE2D95" w:rsidRDefault="00B57CFB" w:rsidP="00B57CFB">
+          <w:p w14:paraId="10DE11F8" w14:textId="77777777" w:rsidR="00D808E6" w:rsidRPr="00FE2D95" w:rsidRDefault="00B57CFB" w:rsidP="00B57CFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Your referee</w:t>
             </w:r>
             <w:r w:rsidR="007F71FE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -9873,193 +7168,181 @@
               <w:t xml:space="preserve"> must describe your suitability for this programme</w:t>
             </w:r>
             <w:r w:rsidR="00D808E6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A33414">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>and be in a position to confirm your professional status or academic ability.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F501CA" w:rsidRPr="008529D6" w:rsidTr="00A546B0">
+      <w:tr w:rsidR="00F501CA" w:rsidRPr="008529D6" w14:paraId="10DE11FB" w14:textId="77777777" w:rsidTr="00A546B0">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="87A1C6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F501CA" w:rsidRPr="00F501CA" w:rsidRDefault="00F501CA" w:rsidP="00B57CFB">
+          <w:p w14:paraId="10DE11FA" w14:textId="77777777" w:rsidR="00F501CA" w:rsidRPr="00F501CA" w:rsidRDefault="00F501CA" w:rsidP="00B57CFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F501CA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Reference 1.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B57CFB" w:rsidRPr="008529D6" w:rsidTr="00A546B0">
+      <w:tr w:rsidR="00B57CFB" w:rsidRPr="008529D6" w14:paraId="10DE11FD" w14:textId="77777777" w:rsidTr="00A546B0">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="87A1C6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B57CFB" w:rsidRDefault="00B57CFB" w:rsidP="00A33414">
-[...10 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="10DE11FC" w14:textId="77777777" w:rsidR="00B57CFB" w:rsidRDefault="00B57CFB" w:rsidP="00A33414">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Reference</w:t>
             </w:r>
             <w:r w:rsidR="00F501CA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Type</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">:        Employer </w:t>
+              <w:t xml:space="preserve"> Type:        Employer </w:t>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -10095,60 +7378,60 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -10174,60 +7457,60 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00A33414" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidR="00A33414" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidR="00A33414" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00A33414" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00A33414">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -10263,1245 +7546,454 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B57CFB" w:rsidRPr="008529D6" w:rsidTr="00A546B0">
+      <w:tr w:rsidR="00B57CFB" w:rsidRPr="008529D6" w14:paraId="10DE11FF" w14:textId="77777777" w:rsidTr="00A546B0">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="87A1C6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B57CFB" w:rsidRDefault="00B57CFB" w:rsidP="00B57CFB">
+          <w:p w14:paraId="10DE11FE" w14:textId="21892D37" w:rsidR="00B57CFB" w:rsidRDefault="00B57CFB" w:rsidP="00B57CFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>How long have you known this person?</w:t>
             </w:r>
             <w:r w:rsidR="00E65DF5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...111 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D808E6" w:rsidRPr="008529D6" w:rsidTr="00A546B0">
+      <w:tr w:rsidR="00D808E6" w:rsidRPr="008529D6" w14:paraId="10DE1201" w14:textId="77777777" w:rsidTr="00A546B0">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="87A1C6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D808E6" w:rsidRDefault="00D808E6" w:rsidP="00D339A0">
+          <w:p w14:paraId="10DE1200" w14:textId="26986E46" w:rsidR="00D808E6" w:rsidRDefault="00D808E6" w:rsidP="00D339A0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Name:  </w:t>
-            </w:r>
-[...111 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B57CFB" w:rsidRPr="008529D6" w:rsidTr="00A546B0">
+      <w:tr w:rsidR="00B57CFB" w:rsidRPr="008529D6" w14:paraId="10DE1203" w14:textId="77777777" w:rsidTr="00A546B0">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="87A1C6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B57CFB" w:rsidRDefault="00B57CFB" w:rsidP="00D339A0">
+          <w:p w14:paraId="10DE1202" w14:textId="40CB3E5C" w:rsidR="00B57CFB" w:rsidRDefault="00B57CFB" w:rsidP="00D339A0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Profession: </w:t>
-            </w:r>
-[...111 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D808E6" w:rsidRPr="008529D6" w:rsidTr="00185A43">
+      <w:tr w:rsidR="00D808E6" w:rsidRPr="008529D6" w14:paraId="10DE1205" w14:textId="77777777" w:rsidTr="00185A43">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="87A1C6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D808E6" w:rsidRPr="008529D6" w:rsidRDefault="00D808E6" w:rsidP="00D339A0">
+          <w:p w14:paraId="10DE1204" w14:textId="50241B79" w:rsidR="00D808E6" w:rsidRPr="008529D6" w:rsidRDefault="00D808E6" w:rsidP="00D339A0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Address: </w:t>
-            </w:r>
-[...111 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D808E6" w:rsidRPr="008529D6" w:rsidTr="00B432F0">
+      <w:tr w:rsidR="00D808E6" w:rsidRPr="008529D6" w14:paraId="10DE1207" w14:textId="77777777" w:rsidTr="00B432F0">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D808E6" w:rsidRPr="008529D6" w:rsidRDefault="00D808E6" w:rsidP="00D339A0">
+          <w:p w14:paraId="10DE1206" w14:textId="77777777" w:rsidR="00D808E6" w:rsidRPr="008529D6" w:rsidRDefault="00D808E6" w:rsidP="00D339A0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D808E6" w:rsidRPr="008529D6" w:rsidTr="00E47D64">
+      <w:tr w:rsidR="00D808E6" w:rsidRPr="008529D6" w14:paraId="10DE1209" w14:textId="77777777" w:rsidTr="00E47D64">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D808E6" w:rsidRPr="008529D6" w:rsidRDefault="00D808E6" w:rsidP="00D339A0">
+          <w:p w14:paraId="10DE1208" w14:textId="143ED8D0" w:rsidR="00D808E6" w:rsidRPr="008529D6" w:rsidRDefault="00D808E6" w:rsidP="00D339A0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Postcode/zip</w:t>
             </w:r>
             <w:r w:rsidRPr="008529D6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
-            </w:r>
-[...111 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D808E6" w:rsidRPr="00361372" w:rsidTr="006023D9">
+      <w:tr w:rsidR="00D808E6" w:rsidRPr="00361372" w14:paraId="10DE120B" w14:textId="77777777" w:rsidTr="006023D9">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D808E6" w:rsidRPr="008A07A2" w:rsidRDefault="00D808E6" w:rsidP="00D339A0">
+          <w:p w14:paraId="10DE120A" w14:textId="6E7DBC99" w:rsidR="00D808E6" w:rsidRPr="008A07A2" w:rsidRDefault="00D808E6" w:rsidP="00D339A0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Telephone</w:t>
             </w:r>
             <w:r w:rsidRPr="008A07A2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
-            </w:r>
-[...111 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D808E6" w:rsidRPr="00361372" w:rsidTr="005C0B51">
+      <w:tr w:rsidR="00D808E6" w:rsidRPr="00361372" w14:paraId="10DE120D" w14:textId="77777777" w:rsidTr="005C0B51">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D808E6" w:rsidRDefault="00D808E6" w:rsidP="00D339A0">
+          <w:p w14:paraId="10DE120C" w14:textId="4A104D99" w:rsidR="00D808E6" w:rsidRDefault="00D808E6" w:rsidP="00D339A0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">E-mail: </w:t>
-            </w:r>
-[...111 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F71FE" w:rsidRPr="00361372" w:rsidTr="005C0B51">
+      <w:tr w:rsidR="007F71FE" w:rsidRPr="00361372" w14:paraId="10DE120F" w14:textId="77777777" w:rsidTr="005C0B51">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007F71FE" w:rsidRPr="00F501CA" w:rsidRDefault="007F71FE" w:rsidP="00D339A0">
+          <w:p w14:paraId="10DE120E" w14:textId="77777777" w:rsidR="007F71FE" w:rsidRPr="00F501CA" w:rsidRDefault="007F71FE" w:rsidP="00D339A0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F501CA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Reference </w:t>
             </w:r>
             <w:r w:rsidR="00F501CA" w:rsidRPr="00F501CA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F71FE" w:rsidRPr="00361372" w:rsidTr="005C0B51">
+      <w:tr w:rsidR="007F71FE" w:rsidRPr="00361372" w14:paraId="10DE1211" w14:textId="77777777" w:rsidTr="005C0B51">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007F71FE" w:rsidRDefault="00F501CA" w:rsidP="00A33414">
+          <w:p w14:paraId="10DE1210" w14:textId="77777777" w:rsidR="007F71FE" w:rsidRDefault="00F501CA" w:rsidP="00A33414">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Reference </w:t>
             </w:r>
             <w:r w:rsidR="007F71FE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -11518,60 +8010,60 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="007F71FE" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidR="007F71FE" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidR="007F71FE" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="007F71FE" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="007F71FE">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -11607,60 +8099,60 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="007F71FE" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidR="007F71FE" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidR="007F71FE" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="007F71FE" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="007F71FE">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -11686,60 +8178,60 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00A33414" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidR="00A33414" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidR="00A33414" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00A33414" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00A33414">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -11775,1155 +8267,364 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="007F71FE" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidR="007F71FE" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidR="007F71FE" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="007F71FE" w:rsidRPr="00D24DA1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F501CA" w:rsidRPr="00361372" w:rsidTr="005C0B51">
+      <w:tr w:rsidR="00F501CA" w:rsidRPr="00361372" w14:paraId="10DE1213" w14:textId="77777777" w:rsidTr="005C0B51">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F501CA" w:rsidRDefault="00F501CA" w:rsidP="00D339A0">
+          <w:p w14:paraId="10DE1212" w14:textId="68B92780" w:rsidR="00F501CA" w:rsidRDefault="00F501CA" w:rsidP="00D339A0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">How long have you known this person? </w:t>
-            </w:r>
-[...111 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F501CA" w:rsidRPr="00361372" w:rsidTr="005C0B51">
+      <w:tr w:rsidR="00F501CA" w:rsidRPr="00361372" w14:paraId="10DE1215" w14:textId="77777777" w:rsidTr="005C0B51">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F501CA" w:rsidRDefault="00F501CA" w:rsidP="00D339A0">
+          <w:p w14:paraId="10DE1214" w14:textId="222D4553" w:rsidR="00F501CA" w:rsidRDefault="00F501CA" w:rsidP="00D339A0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Name:  </w:t>
-            </w:r>
-[...111 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F501CA" w:rsidRPr="00361372" w:rsidTr="005C0B51">
+      <w:tr w:rsidR="00F501CA" w:rsidRPr="00361372" w14:paraId="10DE1217" w14:textId="77777777" w:rsidTr="005C0B51">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F501CA" w:rsidRDefault="00F501CA" w:rsidP="00D339A0">
+          <w:p w14:paraId="10DE1216" w14:textId="3DC9433D" w:rsidR="00F501CA" w:rsidRDefault="00F501CA" w:rsidP="00D339A0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Profession: </w:t>
-            </w:r>
-[...111 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F501CA" w:rsidRPr="00361372" w:rsidTr="005C0B51">
+      <w:tr w:rsidR="00F501CA" w:rsidRPr="00361372" w14:paraId="10DE1219" w14:textId="77777777" w:rsidTr="005C0B51">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F501CA" w:rsidRDefault="00F501CA" w:rsidP="00D339A0">
+          <w:p w14:paraId="10DE1218" w14:textId="6D255CF0" w:rsidR="00F501CA" w:rsidRDefault="00F501CA" w:rsidP="00D339A0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Address: </w:t>
-            </w:r>
-[...111 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F501CA" w:rsidRPr="00361372" w:rsidTr="005C0B51">
+      <w:tr w:rsidR="00F501CA" w:rsidRPr="00361372" w14:paraId="10DE121B" w14:textId="77777777" w:rsidTr="005C0B51">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F501CA" w:rsidRPr="00F501CA" w:rsidRDefault="00F501CA" w:rsidP="00D339A0">
+          <w:p w14:paraId="10DE121A" w14:textId="4D6B64F6" w:rsidR="00F501CA" w:rsidRPr="00F501CA" w:rsidRDefault="00F501CA" w:rsidP="00D339A0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Postcode/zip</w:t>
             </w:r>
             <w:r w:rsidRPr="008529D6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
-            </w:r>
-[...111 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F501CA" w:rsidRPr="00361372" w:rsidTr="005C0B51">
+      <w:tr w:rsidR="00F501CA" w:rsidRPr="00361372" w14:paraId="10DE121D" w14:textId="77777777" w:rsidTr="005C0B51">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F501CA" w:rsidRDefault="00F501CA" w:rsidP="00D339A0">
+          <w:p w14:paraId="10DE121C" w14:textId="2C0D2249" w:rsidR="00F501CA" w:rsidRDefault="00F501CA" w:rsidP="00D339A0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Telephone</w:t>
             </w:r>
             <w:r w:rsidRPr="008A07A2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
-            </w:r>
-[...111 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F501CA" w:rsidRPr="00361372" w:rsidTr="005C0B51">
+      <w:tr w:rsidR="00F501CA" w:rsidRPr="00361372" w14:paraId="10DE121F" w14:textId="77777777" w:rsidTr="005C0B51">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F501CA" w:rsidRDefault="00F501CA" w:rsidP="00D339A0">
+          <w:p w14:paraId="10DE121E" w14:textId="0EE91A19" w:rsidR="00F501CA" w:rsidRDefault="00F501CA" w:rsidP="00D339A0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">E-mail: </w:t>
-            </w:r>
-[...111 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E111F9" w:rsidRPr="00361372" w:rsidTr="005C0B51">
+      <w:tr w:rsidR="00E111F9" w:rsidRPr="00361372" w14:paraId="10DE1222" w14:textId="77777777" w:rsidTr="005C0B51">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007F71FE" w:rsidRDefault="0035630B" w:rsidP="007F71FE">
+          <w:p w14:paraId="10DE1220" w14:textId="77777777" w:rsidR="007F71FE" w:rsidRDefault="0035630B" w:rsidP="007F71FE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Please forward the reference form</w:t>
             </w:r>
             <w:r w:rsidR="00F501CA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -12961,51 +8662,51 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">and </w:t>
             </w:r>
             <w:r w:rsidR="005A0ABE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">request completion at their earliest convenience. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0035630B" w:rsidRPr="007F71FE" w:rsidRDefault="005A0ABE" w:rsidP="007F71FE">
+          <w:p w14:paraId="10DE1221" w14:textId="77777777" w:rsidR="0035630B" w:rsidRPr="007F71FE" w:rsidRDefault="005A0ABE" w:rsidP="007F71FE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F71FE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Th</w:t>
             </w:r>
             <w:r w:rsidR="007F71FE" w:rsidRPr="007F71FE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
@@ -13039,84 +8740,84 @@
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="00D2188D" w:rsidRPr="007F71FE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> MUST be returned to you in PDF format and submitted with your application form and </w:t>
             </w:r>
             <w:r w:rsidR="007F71FE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">e-mailed to: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidR="006F5013" w:rsidRPr="002B169A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PGDipTravelmed@rcpsg.ac.uk </w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00D2188D" w:rsidRPr="007F71FE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F7EB9" w:rsidRPr="00361372" w:rsidTr="005C0B51">
+      <w:tr w:rsidR="009F7EB9" w:rsidRPr="00361372" w14:paraId="10DE1224" w14:textId="77777777" w:rsidTr="005C0B51">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009F7EB9" w:rsidRDefault="00277D6E" w:rsidP="007F71FE">
+          <w:p w14:paraId="10DE1223" w14:textId="77777777" w:rsidR="009F7EB9" w:rsidRDefault="00277D6E" w:rsidP="007F71FE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Please note, y</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC7D2B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -13197,1077 +8898,705 @@
             </w:r>
             <w:r w:rsidR="007F71FE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> by the College</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC7D2B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000E4EBA" w:rsidRDefault="000E4EBA" w:rsidP="00905DE0">
+    <w:p w14:paraId="10DE1225" w14:textId="77777777" w:rsidR="000E4EBA" w:rsidRDefault="000E4EBA" w:rsidP="00905DE0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10DE122F" w14:textId="77777777" w:rsidR="009F7EB9" w:rsidRDefault="009F7EB9" w:rsidP="00905DE0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9923" w:type="dxa"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="32566E"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9923"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009F7EB9" w:rsidRPr="00D345F0" w14:paraId="10DE1231" w14:textId="77777777" w:rsidTr="00910733">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="32566E"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10DE1230" w14:textId="77777777" w:rsidR="009F7EB9" w:rsidRPr="00D345F0" w:rsidRDefault="000E4EBA" w:rsidP="009F7EB9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>SECTION 10</w:t>
+            </w:r>
+            <w:r w:rsidR="009F7EB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  CHECKLIST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A3519D" w14:paraId="10DE1237" w14:textId="77777777" w:rsidTr="00490EBB">
+        <w:trPr>
+          <w:trHeight w:val="1216"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="95B3D7"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10DE1232" w14:textId="77777777" w:rsidR="009F7EB9" w:rsidRDefault="009F7EB9" w:rsidP="00490EBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10DE1233" w14:textId="77777777" w:rsidR="00A3519D" w:rsidRPr="004921EA" w:rsidRDefault="00E65DF5" w:rsidP="00490EBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E65DF5">
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Failure to complete any part of this application form may delay the application process</w:t>
+            </w:r>
+            <w:r w:rsidR="004921EA">
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00A3519D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please ensure you have ticked all of the boxes and included all relevant </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>information</w:t>
+            </w:r>
+            <w:r w:rsidR="00A3519D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> before submitting your application.</w:t>
+            </w:r>
+            <w:r w:rsidR="004C66B4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10DE1234" w14:textId="77777777" w:rsidR="00A3519D" w:rsidRDefault="00A3519D" w:rsidP="00490EBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10DE1235" w14:textId="77777777" w:rsidR="00A3519D" w:rsidRDefault="00D808E6" w:rsidP="00490EBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please confirm all sections of </w:t>
+            </w:r>
+            <w:r w:rsidR="00E65DF5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">application form </w:t>
+            </w:r>
+            <w:r w:rsidR="00C8372F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r w:rsidR="00E65DF5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> complete</w:t>
+            </w:r>
+            <w:r w:rsidR="00C8372F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="00064962" w:rsidRPr="00D24DA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check3"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00A3519D" w:rsidRPr="00D24DA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00064962" w:rsidRPr="00D24DA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00064962" w:rsidRPr="00D24DA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00064962" w:rsidRPr="00D24DA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00A3519D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10DE1236" w14:textId="77777777" w:rsidR="00A3519D" w:rsidRDefault="00A3519D" w:rsidP="00D808E6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="10DE1238" w14:textId="77777777" w:rsidR="000E4EBA" w:rsidRDefault="000E4EBA" w:rsidP="00905DE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="87A1C6"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="87A1C6"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="87A1C6"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="32566E"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9923"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000E4EBA" w:rsidRPr="00D345F0" w:rsidTr="00FC579A">
+      <w:tr w:rsidR="00905DE0" w:rsidRPr="003A3696" w14:paraId="10DE123A" w14:textId="77777777" w:rsidTr="00155333">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="32566E"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000E4EBA" w:rsidRPr="00D345F0" w:rsidRDefault="000E4EBA" w:rsidP="00FC579A">
+          <w:p w14:paraId="10DE1239" w14:textId="77777777" w:rsidR="00905DE0" w:rsidRPr="00D345F0" w:rsidRDefault="00161771" w:rsidP="000E4EBA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>SECTION 9</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D345F0">
+              <w:t xml:space="preserve">SECTION </w:t>
+            </w:r>
+            <w:r w:rsidR="00A3519D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="000E4EBA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00905DE0" w:rsidRPr="00D345F0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   DECLARATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4EBA" w:rsidRPr="00E52B02" w:rsidTr="003E6E3E">
-[...9 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00905DE0" w:rsidRPr="003A3696" w14:paraId="10DE1241" w14:textId="77777777" w:rsidTr="00155333">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000E4EBA" w:rsidRDefault="000E4EBA" w:rsidP="00FC579A">
-[...259 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="10DE123B" w14:textId="77777777" w:rsidR="00173A22" w:rsidRPr="00173A22" w:rsidRDefault="00173A22" w:rsidP="00173A22">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10DE123C" w14:textId="77777777" w:rsidR="00E65DF5" w:rsidRDefault="00E65DF5" w:rsidP="00E65DF5">
+            <w:pPr>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E65DF5">
+              <w:rPr>
+                <w:b/>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DECLARATION</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E65DF5">
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="00386A38">
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>To be signed by the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> candidate)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10DE123D" w14:textId="77777777" w:rsidR="00E65DF5" w:rsidRDefault="005A0ABE" w:rsidP="00E65DF5">
+            <w:pPr>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I </w:t>
+            </w:r>
+            <w:r w:rsidR="00E65DF5" w:rsidRPr="00E65DF5">
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>confirm, to the best of my knowledge</w:t>
+            </w:r>
+            <w:r w:rsidR="004921EA">
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> that </w:t>
+            </w:r>
+            <w:r w:rsidR="00E65DF5" w:rsidRPr="00E65DF5">
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>all the information given on this form is a true statement of fact.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10DE123E" w14:textId="77777777" w:rsidR="00161771" w:rsidRPr="00E65DF5" w:rsidRDefault="00161771" w:rsidP="00E65DF5">
+            <w:pPr>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10DE123F" w14:textId="77777777" w:rsidR="00A3519D" w:rsidRDefault="00905DE0" w:rsidP="00A3519D">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E52B02">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Signature</w:t>
+            </w:r>
+            <w:r w:rsidR="00E65DF5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of Applicant</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E52B02">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>……………………………………………………………………………..</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E52B02">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                Date     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>……………………………………………….</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10DE1240" w14:textId="77777777" w:rsidR="00905DE0" w:rsidRPr="00D345F0" w:rsidRDefault="00905DE0" w:rsidP="00C71BD9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="4"/>
+                <w:szCs w:val="4"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009F7EB9" w:rsidRDefault="009F7EB9" w:rsidP="00905DE0">
-[...646 lines deleted...]
-    <w:p w:rsidR="00905DE0" w:rsidRDefault="004C66B4" w:rsidP="00FB07C7">
+    <w:p w14:paraId="10DE1242" w14:textId="77777777" w:rsidR="00905DE0" w:rsidRDefault="004C66B4" w:rsidP="00FB07C7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3785EB4A" wp14:editId="27A03473">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10DE1266" wp14:editId="10DE1267">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-104140</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>15240</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6477000" cy="887730"/>
                 <wp:effectExtent l="0" t="0" r="0" b="7620"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6477000" cy="887730"/>
                         </a:xfrm>
@@ -14278,253 +9607,253 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00490EBB" w:rsidRPr="00E77E88" w:rsidRDefault="00490EBB" w:rsidP="00905DE0">
+                          <w:p w14:paraId="10DE1268" w14:textId="77777777" w:rsidR="00490EBB" w:rsidRPr="00E77E88" w:rsidRDefault="00490EBB" w:rsidP="00905DE0">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E77E88">
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Please return </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">your </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00E77E88">
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>completed application to:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00490EBB" w:rsidRPr="00A3519D" w:rsidRDefault="004C66B4" w:rsidP="00905DE0">
+                          <w:p w14:paraId="10DE1269" w14:textId="77777777" w:rsidR="00490EBB" w:rsidRPr="00A3519D" w:rsidRDefault="004C66B4" w:rsidP="00905DE0">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Professional Development Certificate in </w:t>
                             </w:r>
                             <w:r w:rsidR="00490EBB" w:rsidRPr="00A3519D">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>Travel Medicine Course Administrator</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00490EBB" w:rsidRPr="00E77E88" w:rsidRDefault="00490EBB" w:rsidP="00905DE0">
+                          <w:p w14:paraId="10DE126A" w14:textId="77777777" w:rsidR="00490EBB" w:rsidRPr="00E77E88" w:rsidRDefault="00490EBB" w:rsidP="00905DE0">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E77E88">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>Royal College of Phy</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">sicians and Surgeons of Glasgow, </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00E77E88">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">232 - 242 St Vincent Street, Glasgow, G2 5RJ         </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00490EBB" w:rsidRPr="00E77E88" w:rsidRDefault="00490EBB" w:rsidP="00905DE0">
+                          <w:p w14:paraId="10DE126B" w14:textId="77777777" w:rsidR="00490EBB" w:rsidRPr="00E77E88" w:rsidRDefault="00490EBB" w:rsidP="00905DE0">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E77E88">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>Tel:  +44 (0)141 22</w:t>
                             </w:r>
                             <w:r w:rsidR="00F462B9">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>1 6072</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
                             <w:r w:rsidRPr="00E77E88">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>Fax:  +44</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00E77E88">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">(0)141 221 1804        e-mail:   </w:t>
                             </w:r>
-                            <w:hyperlink r:id="rId10" w:history="1">
+                            <w:hyperlink r:id="rId13" w:history="1">
                               <w:r w:rsidR="006F5013" w:rsidRPr="002B169A">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">PGDipTravelmed@rcpsg.ac.uk </w:t>
                               </w:r>
                             </w:hyperlink>
                             <w:r w:rsidRPr="00E77E88">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">     </w:t>
                             </w:r>
-                            <w:hyperlink r:id="rId11" w:history="1">
+                            <w:hyperlink r:id="rId14" w:history="1">
                               <w:r w:rsidRPr="00E77E88">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:color w:val="32566E"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                                 <w:t>www.rcpsg.ac.uk</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
-                          <w:p w:rsidR="00490EBB" w:rsidRDefault="00490EBB" w:rsidP="00905DE0">
+                          <w:p w14:paraId="10DE126C" w14:textId="77777777" w:rsidR="00490EBB" w:rsidRDefault="00490EBB" w:rsidP="00905DE0">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="567"/>
                               </w:tabs>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:sz w:val="14"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t>Registered Charity SC000847   A Charity Registered in Scotland</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00490EBB" w:rsidRPr="006866ED" w:rsidRDefault="00490EBB" w:rsidP="00905DE0">
+                          <w:p w14:paraId="10DE126D" w14:textId="77777777" w:rsidR="00490EBB" w:rsidRPr="006866ED" w:rsidRDefault="00490EBB" w:rsidP="00905DE0">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="00490EBB" w:rsidRDefault="00490EBB" w:rsidP="00905DE0">
+                          <w:p w14:paraId="10DE126E" w14:textId="77777777" w:rsidR="00490EBB" w:rsidRDefault="00490EBB" w:rsidP="00905DE0">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="00490EBB" w:rsidRDefault="00490EBB" w:rsidP="00905DE0"/>
+                          <w:p w14:paraId="10DE126F" w14:textId="77777777" w:rsidR="00490EBB" w:rsidRDefault="00490EBB" w:rsidP="00905DE0"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="3785EB4A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-8.2pt;margin-top:1.2pt;width:510pt;height:69.9pt;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAifLUsuAIAALkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtunDAQfa/Uf7D8ToCNd7kobJQsS1Up&#10;vUhJP8ALZrEKNrW9C2nVf+/Y7C3pS9WWB2R7xmcu53hubseuRXumNJciw+FVgBETpay42Gb4y1Ph&#10;xRhpQ0VFWylYhp+ZxrfLt29uhj5lM9nItmIKAYjQ6dBnuDGmT31flw3rqL6SPRNgrKXqqIGt2vqV&#10;ogOgd60/C4KFP0hV9UqWTGs4zScjXjr8umal+VTXmhnUZhhyM+6v3H9j//7yhqZbRfuGl4c06F9k&#10;0VEuIOgJKqeGop3iv0F1vFRSy9pclbLzZV3zkrkaoJoweFXNY0N75mqB5uj+1Cb9/2DLj/vPCvEK&#10;uMNI0A4oemKjQfdyRNe2O0OvU3B67MHNjHBsPW2lun+Q5VeNhFw1VGzZnVJyaBitILvQ3vQvrk44&#10;2oJshg+ygjB0Z6QDGmvVWUBoBgJ0YOn5xIxNpYTDBYmiIABTCbY4jqJrR51P0+PtXmnzjskO2UWG&#10;FTDv0On+QRubDU2PLjaYkAVvW8d+K14cgON0ArHhqrXZLByZP5IgWcfrmHhktlh7JMhz765YEW9R&#10;hNE8v85Xqzz8aeOGJG14VTFhwxyFFZI/I+4g8UkSJ2lp2fLKwtmUtNpuVq1CewrCLtzneg6Ws5v/&#10;Mg3XBKjlVUnhjAT3s8QrFnHkkYLMvSQKYi8Ik/tkEZCE5MXLkh64YP9eEhoynMxn80lM56Rf1Qas&#10;W+InBi9qo2nHDYyOlnegiJMTTa0E16Jy1BrK22l90Qqb/rkVQPeRaCdYq9FJrWbcjIBiVbyR1TNI&#10;V0lQFogQ5h0sGqm+YzTA7Miw/rajimHUvhcg/yQkxA4btyHzaAYbdWnZXFqoKAEqwwajabky04Da&#10;9YpvG4g0PTgh7+DJ1Nyp+ZzV4aHBfHBFHWaZHUCXe+d1nrjLXwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AGrdDMfeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNy2ZKVUo2s6IRBX&#10;0AZM4pY1XlutcaomW8u/xzuNk229p+fvFevJdeKMQ2g9aVjMFQikytuWag1fn2+zJYgQDVnTeUIN&#10;vxhgXd7eFCa3fqQNnrexFhxCITcamhj7XMpQNehMmPseibWDH5yJfA61tIMZOdx1MlEqk860xB8a&#10;0+NLg9Vxe3Iavt8PP7tUfdSv7rEf/aQkuSep9f3d9LwCEXGKVzNc8BkdSmba+xPZIDoNs0WWslVD&#10;wuOiK/WQgdjzliYJyLKQ/yuUfwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAifLUsuAIA&#10;ALkFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBq3QzH&#10;3gAAAAoBAAAPAAAAAAAAAAAAAAAAABIFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;HQYAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
@@ -14644,68 +9973,68 @@
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
                       <w:r w:rsidRPr="00E77E88">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>Fax:  +44</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E77E88">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">(0)141 221 1804        e-mail:   </w:t>
                       </w:r>
-                      <w:hyperlink r:id="rId12" w:history="1">
+                      <w:hyperlink r:id="rId15" w:history="1">
                         <w:r w:rsidR="006F5013" w:rsidRPr="002B169A">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                           <w:t xml:space="preserve">PGDipTravelmed@rcpsg.ac.uk </w:t>
                         </w:r>
                       </w:hyperlink>
                       <w:r w:rsidRPr="00E77E88">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">     </w:t>
                       </w:r>
-                      <w:hyperlink r:id="rId13" w:history="1">
+                      <w:hyperlink r:id="rId16" w:history="1">
                         <w:r w:rsidRPr="00E77E88">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:color w:val="32566E"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t>www.rcpsg.ac.uk</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                     <w:p w:rsidR="00490EBB" w:rsidRDefault="00490EBB" w:rsidP="00905DE0">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="567"/>
                         </w:tabs>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:sz w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
@@ -14718,174 +10047,174 @@
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w:rsidR="00490EBB" w:rsidRDefault="00490EBB" w:rsidP="00905DE0">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w:rsidR="00490EBB" w:rsidRDefault="00490EBB" w:rsidP="00905DE0"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00905DE0" w:rsidRDefault="00905DE0" w:rsidP="00905DE0">
+    <w:p w14:paraId="10DE1243" w14:textId="77777777" w:rsidR="00905DE0" w:rsidRDefault="00905DE0" w:rsidP="00905DE0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002F68E8" w:rsidRDefault="002F68E8" w:rsidP="00155333">
+    <w:p w14:paraId="10DE1244" w14:textId="77777777" w:rsidR="002F68E8" w:rsidRDefault="002F68E8" w:rsidP="00155333">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002F68E8" w:rsidRDefault="002F68E8" w:rsidP="00155333">
+    <w:p w14:paraId="10DE1245" w14:textId="77777777" w:rsidR="002F68E8" w:rsidRDefault="002F68E8" w:rsidP="00155333">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002F68E8" w:rsidRDefault="002F68E8" w:rsidP="00155333">
+    <w:p w14:paraId="10DE1246" w14:textId="77777777" w:rsidR="002F68E8" w:rsidRDefault="002F68E8" w:rsidP="00155333">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002F68E8" w:rsidRDefault="002F68E8" w:rsidP="00155333">
+    <w:p w14:paraId="10DE1247" w14:textId="77777777" w:rsidR="002F68E8" w:rsidRDefault="002F68E8" w:rsidP="00155333">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002428D5" w:rsidRDefault="002428D5" w:rsidP="00155333">
+    <w:p w14:paraId="10DE1248" w14:textId="77777777" w:rsidR="002428D5" w:rsidRDefault="002428D5" w:rsidP="00155333">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A77FD" w:rsidRDefault="00905DE0" w:rsidP="00155333">
+    <w:p w14:paraId="10DE1249" w14:textId="77777777" w:rsidR="004A77FD" w:rsidRDefault="00905DE0" w:rsidP="00155333">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002428D5">
         <w:rPr>
           <w:color w:val="808080"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">All Information we hold concerning you as an individual will be held and processed by the College strictly in accordance with the provisions of the Data Protection Act 1998. Such data will be used by the College to administer its relationship with you as an affiliate. We will not, without your consent, supply your name and address to any third party except where (1) such transfer is a necessary part of the activities that we undertake, </w:t>
       </w:r>
       <w:r w:rsidR="00173A22" w:rsidRPr="002428D5">
         <w:rPr>
           <w:color w:val="808080"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">including the provision of library services (if applicable) </w:t>
       </w:r>
       <w:r w:rsidRPr="002428D5">
         <w:rPr>
           <w:color w:val="808080"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">or (2) we are required to do so by operation of law.  As an individual you have a right under the Data Protection Act 1998 to obtain information from us, including a description of the data that we hold on you. Should you have any enquiries about this right please contact Membership Services Administrator at the College. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE147A" w:rsidRDefault="00CE147A" w:rsidP="00155333">
+    <w:p w14:paraId="10DE124A" w14:textId="77777777" w:rsidR="00CE147A" w:rsidRDefault="00CE147A" w:rsidP="00155333">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CE147A" w:rsidRPr="00CE147A" w:rsidRDefault="00CE147A" w:rsidP="00155333">
+    <w:p w14:paraId="10DE124B" w14:textId="77777777" w:rsidR="00CE147A" w:rsidRPr="00CE147A" w:rsidRDefault="00CE147A" w:rsidP="00155333">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A77FD" w:rsidRDefault="004A77FD" w:rsidP="00155333">
+    <w:p w14:paraId="10DE124C" w14:textId="77777777" w:rsidR="004A77FD" w:rsidRDefault="004A77FD" w:rsidP="00155333">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>For o</w:t>
       </w:r>
       <w:r w:rsidRPr="00E5175C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
@@ -14901,158 +10230,158 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">:    </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="87A1C6"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="87A1C6"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="87A1C6"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="32566E"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9923"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004A77FD" w:rsidRPr="00D345F0" w:rsidTr="003E1349">
+      <w:tr w:rsidR="004A77FD" w:rsidRPr="00D345F0" w14:paraId="10DE124E" w14:textId="77777777" w:rsidTr="003E1349">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="32566E"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A77FD" w:rsidRPr="00D345F0" w:rsidRDefault="000E4EBA" w:rsidP="004A77FD">
+          <w:p w14:paraId="10DE124D" w14:textId="77777777" w:rsidR="004A77FD" w:rsidRPr="00D345F0" w:rsidRDefault="000E4EBA" w:rsidP="004A77FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>SECTION 12</w:t>
             </w:r>
             <w:r w:rsidR="004A77FD" w:rsidRPr="00D345F0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004A77FD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>APPLICATION PROCESS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004A77FD" w:rsidRDefault="004A77FD" w:rsidP="00155333">
+    <w:p w14:paraId="10DE124F" w14:textId="77777777" w:rsidR="004A77FD" w:rsidRDefault="004A77FD" w:rsidP="00155333">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E52B02">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A77FD" w:rsidRDefault="004A77FD" w:rsidP="00155333">
+    <w:p w14:paraId="10DE1250" w14:textId="77777777" w:rsidR="004A77FD" w:rsidRDefault="004A77FD" w:rsidP="00155333">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3266"/>
         <w:gridCol w:w="3266"/>
         <w:gridCol w:w="3266"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004A77FD" w:rsidTr="004A77FD">
+      <w:tr w:rsidR="004A77FD" w14:paraId="10DE1259" w14:textId="77777777" w:rsidTr="004A77FD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3266" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F501CA" w:rsidRDefault="004A77FD" w:rsidP="00BC7D2B">
+          <w:p w14:paraId="10DE1251" w14:textId="77777777" w:rsidR="00F501CA" w:rsidRDefault="004A77FD" w:rsidP="00BC7D2B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC7D2B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Complete Application</w:t>
             </w:r>
             <w:r w:rsidR="003E08D0">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC7D2B">
               <w:rPr>
@@ -15096,127 +10425,127 @@
               </w:rPr>
               <w:t xml:space="preserve"> English </w:t>
             </w:r>
             <w:r w:rsidR="00F501CA">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">certificate and additional needs information, </w:t>
             </w:r>
             <w:r w:rsidR="00F501CA" w:rsidRPr="00C8372F">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>if applicable</w:t>
             </w:r>
             <w:r w:rsidRPr="00C8372F">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004A77FD" w:rsidRPr="00BC7D2B" w:rsidRDefault="004A77FD" w:rsidP="00BC7D2B">
+          <w:p w14:paraId="10DE1252" w14:textId="77777777" w:rsidR="004A77FD" w:rsidRPr="00BC7D2B" w:rsidRDefault="004A77FD" w:rsidP="00BC7D2B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:color w:val="808080"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C8372F">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ready</w:t>
             </w:r>
             <w:r w:rsidR="00BC7D2B" w:rsidRPr="00C8372F">
               <w:rPr>
                 <w:color w:val="808080"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C8372F">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>for review?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004A77FD" w:rsidRPr="004A77FD" w:rsidRDefault="004A77FD" w:rsidP="004A77FD">
+          <w:p w14:paraId="10DE1253" w14:textId="77777777" w:rsidR="004A77FD" w:rsidRPr="004A77FD" w:rsidRDefault="004A77FD" w:rsidP="004A77FD">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="808080"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A77FD">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004A77FD">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
-[...6 lines deleted...]
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidRPr="004A77FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004A77FD">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004A77FD">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="004A77FD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes   </w:t>
             </w:r>
@@ -15224,230 +10553,230 @@
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004A77FD">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
-[...6 lines deleted...]
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidRPr="004A77FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004A77FD">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004A77FD">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="004A77FD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> No                           </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3266" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A77FD" w:rsidRPr="00BC7D2B" w:rsidRDefault="004A77FD" w:rsidP="00BC7D2B">
+          <w:p w14:paraId="10DE1254" w14:textId="77777777" w:rsidR="004A77FD" w:rsidRPr="00BC7D2B" w:rsidRDefault="004A77FD" w:rsidP="00BC7D2B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC7D2B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Application Reviewed by</w:t>
             </w:r>
             <w:r w:rsidR="003E08D0">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3266" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A77FD" w:rsidRPr="00BC7D2B" w:rsidRDefault="00BC7D2B" w:rsidP="00277D6E">
+          <w:p w14:paraId="10DE1255" w14:textId="77777777" w:rsidR="004A77FD" w:rsidRPr="00BC7D2B" w:rsidRDefault="00BC7D2B" w:rsidP="00277D6E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC7D2B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Outcome of Review</w:t>
             </w:r>
             <w:r w:rsidR="00277D6E">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00277D6E" w:rsidRDefault="004A77FD" w:rsidP="00277D6E">
+          <w:p w14:paraId="10DE1256" w14:textId="77777777" w:rsidR="00277D6E" w:rsidRDefault="004A77FD" w:rsidP="00277D6E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00277D6E">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00277D6E">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00277D6E">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
-[...6 lines deleted...]
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidRPr="00277D6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00277D6E">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00277D6E">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00277D6E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes: Process application</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004A77FD" w:rsidRPr="00277D6E" w:rsidRDefault="00277D6E" w:rsidP="00277D6E">
+          <w:p w14:paraId="10DE1257" w14:textId="77777777" w:rsidR="004A77FD" w:rsidRPr="00277D6E" w:rsidRDefault="00277D6E" w:rsidP="00277D6E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004A77FD" w:rsidRPr="00277D6E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
@@ -15461,198 +10790,198 @@
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="004A77FD" w:rsidRPr="00277D6E">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B43C7">
-[...6 lines deleted...]
-            <w:r w:rsidR="003B43C7">
+            <w:r w:rsidR="004A77FD" w:rsidRPr="00277D6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="004A77FD" w:rsidRPr="00277D6E">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="004A77FD" w:rsidRPr="00277D6E">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="004A77FD" w:rsidRPr="00277D6E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> No: Give reason below</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004A77FD" w:rsidRPr="004A77FD" w:rsidRDefault="004A77FD" w:rsidP="004A77FD">
+          <w:p w14:paraId="10DE1258" w14:textId="77777777" w:rsidR="004A77FD" w:rsidRPr="004A77FD" w:rsidRDefault="004A77FD" w:rsidP="004A77FD">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A77FD" w:rsidTr="004A77FD">
+      <w:tr w:rsidR="004A77FD" w14:paraId="10DE125E" w14:textId="77777777" w:rsidTr="004A77FD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3266" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A77FD" w:rsidRPr="00BC7D2B" w:rsidRDefault="004A77FD" w:rsidP="00155333">
+          <w:p w14:paraId="10DE125A" w14:textId="77777777" w:rsidR="004A77FD" w:rsidRPr="00BC7D2B" w:rsidRDefault="004A77FD" w:rsidP="00155333">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC7D2B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Staff Name: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3266" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A77FD" w:rsidRPr="00BC7D2B" w:rsidRDefault="004A77FD" w:rsidP="00155333">
+          <w:p w14:paraId="10DE125B" w14:textId="77777777" w:rsidR="004A77FD" w:rsidRPr="00BC7D2B" w:rsidRDefault="004A77FD" w:rsidP="00155333">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC7D2B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Staff Name:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004A77FD" w:rsidRDefault="004A77FD" w:rsidP="00155333">
+          <w:p w14:paraId="10DE125C" w14:textId="77777777" w:rsidR="004A77FD" w:rsidRDefault="004A77FD" w:rsidP="00155333">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="808080"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC7D2B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Staff Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3266" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A77FD" w:rsidRPr="00BC7D2B" w:rsidRDefault="00BC7D2B" w:rsidP="00155333">
+          <w:p w14:paraId="10DE125D" w14:textId="77777777" w:rsidR="004A77FD" w:rsidRPr="00BC7D2B" w:rsidRDefault="00BC7D2B" w:rsidP="00155333">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC7D2B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Reason: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC7D2B" w:rsidTr="009D3948">
+      <w:tr w:rsidR="00BC7D2B" w14:paraId="10DE1262" w14:textId="77777777" w:rsidTr="009D3948">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9798" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC7D2B" w:rsidRDefault="00BC7D2B" w:rsidP="00BC7D2B">
+          <w:p w14:paraId="10DE125F" w14:textId="77777777" w:rsidR="00BC7D2B" w:rsidRDefault="00BC7D2B" w:rsidP="00BC7D2B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC7D2B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Please state if any further action(s) required:</w:t>
             </w:r>
             <w:r w:rsidR="00277D6E" w:rsidRPr="003E08D0">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -15670,131 +10999,131 @@
               </w:rPr>
               <w:t xml:space="preserve"> and/or meeting</w:t>
             </w:r>
             <w:r w:rsidR="00277D6E" w:rsidRPr="003E08D0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003E08D0" w:rsidRPr="003E08D0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">required </w:t>
             </w:r>
             <w:r w:rsidR="00277D6E" w:rsidRPr="003E08D0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>to discuss needs).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BC7D2B" w:rsidRDefault="00BC7D2B" w:rsidP="00BC7D2B">
+          <w:p w14:paraId="10DE1260" w14:textId="77777777" w:rsidR="00BC7D2B" w:rsidRDefault="00BC7D2B" w:rsidP="00BC7D2B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00BC7D2B" w:rsidRPr="00BC7D2B" w:rsidRDefault="00BC7D2B" w:rsidP="00BC7D2B">
+          <w:p w14:paraId="10DE1261" w14:textId="77777777" w:rsidR="00BC7D2B" w:rsidRPr="00BC7D2B" w:rsidRDefault="00BC7D2B" w:rsidP="00BC7D2B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004A77FD" w:rsidRPr="002428D5" w:rsidRDefault="004A77FD" w:rsidP="00155333">
+    <w:p w14:paraId="10DE1263" w14:textId="77777777" w:rsidR="004A77FD" w:rsidRPr="002428D5" w:rsidRDefault="004A77FD" w:rsidP="00155333">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004A77FD" w:rsidRPr="002428D5" w:rsidSect="00155333">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="284" w:right="1134" w:bottom="284" w:left="964" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55DB0794"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2B20B7C6"/>
     <w:lvl w:ilvl="0" w:tplc="E31C432A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -15933,155 +11262,161 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="801465512">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="149753380">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="70"/>
+  <w:proofState w:spelling="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00905DE0"/>
     <w:rsid w:val="0003171B"/>
     <w:rsid w:val="0004032D"/>
     <w:rsid w:val="000404AC"/>
+    <w:rsid w:val="000557BD"/>
     <w:rsid w:val="00060409"/>
     <w:rsid w:val="00064962"/>
     <w:rsid w:val="000863F2"/>
     <w:rsid w:val="000E4EBA"/>
     <w:rsid w:val="00155333"/>
     <w:rsid w:val="00161771"/>
     <w:rsid w:val="00173A22"/>
     <w:rsid w:val="00186A8F"/>
     <w:rsid w:val="001F6D3E"/>
     <w:rsid w:val="00200F3F"/>
     <w:rsid w:val="00241721"/>
     <w:rsid w:val="002428D5"/>
     <w:rsid w:val="0026551D"/>
     <w:rsid w:val="0027580C"/>
     <w:rsid w:val="00277D6E"/>
     <w:rsid w:val="002B169A"/>
     <w:rsid w:val="002D2726"/>
     <w:rsid w:val="002F68E8"/>
     <w:rsid w:val="003005C3"/>
     <w:rsid w:val="00323784"/>
     <w:rsid w:val="003316FD"/>
     <w:rsid w:val="0035320B"/>
     <w:rsid w:val="0035630B"/>
+    <w:rsid w:val="00356E80"/>
     <w:rsid w:val="00366DEF"/>
     <w:rsid w:val="0037513C"/>
     <w:rsid w:val="00386A38"/>
     <w:rsid w:val="003B43C7"/>
     <w:rsid w:val="003E08D0"/>
     <w:rsid w:val="003F5DBD"/>
     <w:rsid w:val="00410F65"/>
     <w:rsid w:val="004233F6"/>
     <w:rsid w:val="004260DD"/>
     <w:rsid w:val="004635C6"/>
     <w:rsid w:val="00490EBB"/>
     <w:rsid w:val="004921EA"/>
     <w:rsid w:val="004A1C32"/>
     <w:rsid w:val="004A77FD"/>
     <w:rsid w:val="004C66B4"/>
     <w:rsid w:val="004D31DD"/>
     <w:rsid w:val="004D4811"/>
     <w:rsid w:val="00551B0B"/>
     <w:rsid w:val="00561C6E"/>
     <w:rsid w:val="00587B5A"/>
     <w:rsid w:val="00590A22"/>
     <w:rsid w:val="0059199B"/>
     <w:rsid w:val="005A0ABE"/>
     <w:rsid w:val="005B283B"/>
+    <w:rsid w:val="006130CA"/>
     <w:rsid w:val="00613CB1"/>
+    <w:rsid w:val="00620DFB"/>
     <w:rsid w:val="00621065"/>
     <w:rsid w:val="00622B4B"/>
     <w:rsid w:val="00653956"/>
     <w:rsid w:val="00663700"/>
     <w:rsid w:val="00681483"/>
     <w:rsid w:val="0068644D"/>
     <w:rsid w:val="006B6C71"/>
     <w:rsid w:val="006B7BF9"/>
     <w:rsid w:val="006C64DE"/>
     <w:rsid w:val="006C6A02"/>
     <w:rsid w:val="006D42F2"/>
     <w:rsid w:val="006E7B12"/>
     <w:rsid w:val="006F5013"/>
     <w:rsid w:val="007260E7"/>
+    <w:rsid w:val="0074288A"/>
     <w:rsid w:val="00755DAC"/>
     <w:rsid w:val="00762686"/>
     <w:rsid w:val="0078598D"/>
     <w:rsid w:val="007F71FE"/>
     <w:rsid w:val="00817120"/>
     <w:rsid w:val="00837EBA"/>
     <w:rsid w:val="0086088C"/>
     <w:rsid w:val="008E3A99"/>
     <w:rsid w:val="008E7F2D"/>
     <w:rsid w:val="008F5FD2"/>
     <w:rsid w:val="00902787"/>
     <w:rsid w:val="00905DE0"/>
     <w:rsid w:val="00912479"/>
     <w:rsid w:val="00942974"/>
+    <w:rsid w:val="00967D17"/>
     <w:rsid w:val="00996887"/>
     <w:rsid w:val="009A7E89"/>
     <w:rsid w:val="009E6EBE"/>
     <w:rsid w:val="009F01F3"/>
     <w:rsid w:val="009F7EB9"/>
     <w:rsid w:val="00A13705"/>
     <w:rsid w:val="00A33414"/>
     <w:rsid w:val="00A3519D"/>
     <w:rsid w:val="00AC1833"/>
     <w:rsid w:val="00B170E8"/>
     <w:rsid w:val="00B32CCC"/>
     <w:rsid w:val="00B42E67"/>
     <w:rsid w:val="00B57CFB"/>
     <w:rsid w:val="00BC7D2B"/>
     <w:rsid w:val="00C13920"/>
     <w:rsid w:val="00C71BD9"/>
     <w:rsid w:val="00C8372F"/>
     <w:rsid w:val="00CE147A"/>
     <w:rsid w:val="00D146C7"/>
     <w:rsid w:val="00D2188D"/>
     <w:rsid w:val="00D339A0"/>
     <w:rsid w:val="00D4457D"/>
     <w:rsid w:val="00D756F1"/>
     <w:rsid w:val="00D808E6"/>
     <w:rsid w:val="00DB310C"/>
@@ -16107,67 +11442,67 @@
     <w:rsid w:val="00FE4848"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="6A0DFF2C"/>
+  <w14:docId w14:val="10DE111C"/>
   <w15:docId w15:val="{53234701-2C66-4477-AD0A-9AF92F86B411}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -16499,50 +11834,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00905DE0"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
@@ -16639,59 +11975,59 @@
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006F5013"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\helenwa\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\ZFCZNULL\PGDipTravelmed@rcpsg.ac.uk" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rcpsg.ac.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\helenwa\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\ZFCZNULL\PGDipTravelmed@rcpsg.ac.uk" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\helenwa\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\ZFCZNULL\PGDipTravelmed@rcpsg.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rcpsg.ac.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\helenwa\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\ZFCZNULL\PGDipTravelmed@rcpsg.ac.uk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\helenwa\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\ZFCZNULL\PGDipTravelmed@rcpsg.ac.uk" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:/Users/helenwa/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/ZFCZNULL/PGDipTravelmed@rcpsg.ac.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:/Users/helenwa/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/ZFCZNULL/PGDipTravelmed@rcpsg.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rcpsg.ac.uk" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:/Users/helenwa/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/ZFCZNULL/PGDipTravelmed@rcpsg.ac.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:/Users/helenwa/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/ZFCZNULL/PGDipTravelmed@rcpsg.ac.uk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:/Users/helenwa/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/ZFCZNULL/PGDipTravelmed@rcpsg.ac.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rcpsg.ac.uk" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -16949,239 +12285,192 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="" StyleName=""/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100542AFCA2D00F7E42BCDD4C68D05FD0A8" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="911f5d6951dee18ccf70741e375351fe">
-[...3 lines deleted...]
-    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010000EF8CC3DBA25449A2399EE8D40F062A" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="027022b0760209f05c2c7ec06c893f6e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="08d9a78f-ffb1-4410-97cf-7b7248c23f9a" xmlns:ns3="59d4e68c-a2c4-4e5a-9b5d-4b6ab7ea85d1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d44f53c339e90e3f147579f85a27b9bf" ns2:_="" ns3:_="">
+    <xsd:import namespace="08d9a78f-ffb1-4410-97cf-7b7248c23f9a"/>
+    <xsd:import namespace="59d4e68c-a2c4-4e5a-9b5d-4b6ab7ea85d1"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
-[...18 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="01924fbb-8c54-4cb2-bb1a-5dd340640d88" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="08d9a78f-ffb1-4410-97cf-7b7248c23f9a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_DocId" ma:index="8" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:internalName="_dlc_DocId" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="_dlc_DocIdUrl" ma:index="9" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="11" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="12" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="15" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="0a19cc31-474a-44c6-a246-2e7f47993618" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="59d4e68c-a2c4-4e5a-9b5d-4b6ab7ea85d1" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{268c145b-2a49-43f4-8dac-ca119ef47fc0}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="59d4e68c-a2c4-4e5a-9b5d-4b6ab7ea85d1">
       <xsd:complexType>
         <xsd:complexContent>
-          <xsd:extension base="dms:URL">
+          <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
-              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
-              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="_dlc_DocIdPersistId" ma:index="10" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
-[...4 lines deleted...]
-    <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="20" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="18" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="21" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
-      </xsd:simpleType>
-[...91 lines deleted...]
-        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -17241,204 +12530,168 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...45 lines deleted...]
-</spe:Receivers>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="" StyleName=""/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="01924fbb-8c54-4cb2-bb1a-5dd340640d88" xsi:nil="true"/>
-[...1 lines deleted...]
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3bfba40-037d-475c-a97a-f58529d0c2b9">
+    <TaxCatchAll xmlns="59d4e68c-a2c4-4e5a-9b5d-4b6ab7ea85d1" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="08d9a78f-ffb1-4410-97cf-7b7248c23f9a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <_dlc_DocId xmlns="01924fbb-8c54-4cb2-bb1a-5dd340640d88">ZEWWDZ42SXRS-1684418765-75967</_dlc_DocId>
-[...3 lines deleted...]
-    </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5FF909B0-6A5F-48A3-9B6E-CAE012DA8186}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9332229A-67A8-4691-B40C-7D73B906B930}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{945B3426-6AF9-462C-894E-22FB97408356}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="08d9a78f-ffb1-4410-97cf-7b7248c23f9a"/>
+    <ds:schemaRef ds:uri="59d4e68c-a2c4-4e5a-9b5d-4b6ab7ea85d1"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9FF7E694-67C2-4286-8F35-6EB3046240C2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18E89BAC-1482-474C-AAA8-6BF28E6D9D58}"/>
-[...3 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C4F1DDF5-52C6-48D4-872D-4BE78E96812B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12A24657-BD7B-454C-B92E-B6C97C11A7D2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="59d4e68c-a2c4-4e5a-9b5d-4b6ab7ea85d1"/>
+    <ds:schemaRef ds:uri="08d9a78f-ffb1-4410-97cf-7b7248c23f9a"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1390</Words>
-  <Characters>7928</Characters>
+  <Words>1214</Words>
+  <Characters>6920</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>66</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>57</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9300</CharactersWithSpaces>
+  <CharactersWithSpaces>8118</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>6946936</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.rcpsg.ac.uk/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>emulcahy</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100542AFCA2D00F7E42BCDD4C68D05FD0A8</vt:lpwstr>
+    <vt:lpwstr>0x01010000EF8CC3DBA25449A2399EE8D40F062A</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>44901502-b858-4522-b644-28a76ce1dc71</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
+    <vt:r8>3870500</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>